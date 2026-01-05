--- v0 (2025-10-13)
+++ v1 (2026-01-05)
@@ -8,60 +8,60 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://halliburton-my.sharepoint.com/personal/estrella_ricardo_halliburton_com/Documents/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://halliburton-my.sharepoint.com/personal/darlene_murray_halliburton_com/Documents/Documents/Business Controls/Tariffs/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="22" documentId="8_{24733C84-2B10-4C0C-80A5-CB84BFE33EDA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{33371118-18C4-4625-9A18-2C6AB8275D78}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5772C37E-774A-4A2E-B4BE-E0AC2CAF8827}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-6540" windowWidth="29040" windowHeight="15720" xr2:uid="{31FA3421-1103-466D-972A-31BF12495A87}"/>
+    <workbookView xWindow="28680" yWindow="-135" windowWidth="29040" windowHeight="15720" xr2:uid="{31FA3421-1103-466D-972A-31BF12495A87}"/>
   </bookViews>
   <sheets>
     <sheet name="1. Instructions" sheetId="7" r:id="rId1"/>
     <sheet name="2. Definitions" sheetId="2" r:id="rId2"/>
     <sheet name="3a. Steel Declaration (SD)" sheetId="10" r:id="rId3"/>
     <sheet name="3b. Aluminum Declaration (AD)" sheetId="11" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_Hlk195008994" localSheetId="0">'1. Instructions'!$B$40</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'1. Instructions'!$B$3:$N$40</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'1. Instructions'!$3:$3</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
@@ -74,53 +74,50 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="86">
   <si>
     <t xml:space="preserve"> U.S. Import Tariffs and Reporting for Steel, Aluminum, and Derivative Articles Declaration</t>
   </si>
   <si>
     <t>Halliburton must comply with the laws and regulations of all countries in which it operates, including international trade laws enacted by government authorities</t>
   </si>
   <si>
     <t>On February 10, 2025, U.S. Presidential Proclamations 10895 and 10896 (as amended) modified Section 232 tariff rates and expanded the scope of affected products. Steel and steel derivative articles are now subject to a 25% tariff. The tariff on aluminum and its derivatives has increased from 10% to 25%. Additionally, U.S. Customs and Border Protection (CBP) has implemented new reporting requirements for all steel, aluminum, and derivative articles.</t>
   </si>
   <si>
     <t>Requirements:</t>
   </si>
   <si>
     <t>Effective immediately, all steel and aluminum derivative articles imported into the United States must include the following information for reporting to US CBP:</t>
   </si>
   <si>
     <t>Instructions for Halliburton Suppliers:</t>
   </si>
   <si>
     <t>For all shipments arriving in the United States on or after March 12, 2025, Halliburton requires the following actions to ensure compliance:</t>
   </si>
   <si>
-    <t>(1.) If a product does not contain steel, the supplier must indicate “DOES NOT CONTAIN STEEL” on the commercial invoice to prevent import delays. Likewise, if the product does not contain aluminum, the supplier must indicate “DOES NOT CONTAIN ALUMINUM” on the commercial invoice.  If the product contains neither steel nor aluminum, supplier must indicate “DOES NOT CONTAIN STEEL OR ALUMINUM” on the commercial invoice and the remaining instructions will not apply.</t>
-[...1 lines deleted...]
-  <si>
     <t>Note: If you are unsure which declaration to provide, contact your Halliburton Authorized Procurement Agent</t>
   </si>
   <si>
     <t>(3.) Suppliers with shipments already in the U.S. or en route must provide the completed declaration(s) separately from their shipping documents to the above email or upon Halliburton's request.</t>
   </si>
   <si>
     <t>(4.) Suppliers preparing to send shipments to the U.S. must include this declaration with each shipment.
      a. Include the declaration as an attachment to the commercial invoice/shipping documentation and note the 
           Commercial Invoice Number and Bill of Lading details.</t>
   </si>
   <si>
     <t>Additional Notes:</t>
   </si>
   <si>
     <t>• The full lists of HTS codes for articles subject to the Section 232 tariffs and reporting requirements are provided in the notices implementing the tariffs published in the Federal Register.</t>
   </si>
   <si>
     <t>• For items classified under Chapters 72 and 73 (Primary/Raw Steel) and Chapter 76 (Primary/Raw Aluminum) of the Harmonized Tariff Schedule of the United States (HTSUS), Steel and Aluminum Derivative Content Value Declarations are not required as the Section 232 Tariffs apply to full value of the Primary/Raw Steel or Aluminum.  Note: In addition to the Section 232 Tariffs, compliance with Steel and Aluminum Import license requirements is still mandatory, and a copy of the Mill Test Certificate is required, indicating the steel (melt and pour) and aluminum (smelt and cast) details.</t>
   </si>
   <si>
     <t>• For steel or aluminum derivative products further processed or manufactured from primary steel (melted and poured) or aluminum (smelted and cast) in the U.S., identify “United States (USA)” as the “Primary Country of Melt and Pour” (steel) or “Primary Country of Smelt and Cast” (aluminum). In such cases, no tariff will apply.</t>
   </si>
   <si>
     <t>• There are no exemptions or exclusions from these additional Section 232 Steel and Aluminum tariffs.</t>
   </si>
@@ -409,50 +406,53 @@
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>CF28 Request for Information</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>, which asks for proof of the declared value of the steel or aluminum content.</t>
     </r>
   </si>
   <si>
     <t>Shipper's Letter of Instruction</t>
   </si>
   <si>
     <t xml:space="preserve">     a. For products that contain both steel and aluminum, please complete both an Aluminum and Steel Content Value Declaration Forms.
      b.  The declaration(s) must be signed to be considered valid.</t>
   </si>
   <si>
     <t>(2). If a product contains steel, aluminum, or both, suppliers should complete the applicable provided declaration(s) and send them to Halliburton Supply Chain at FHOUUSIMPORTS@Halliburton.com and USIMPREALERTS@halliburton.com as part of the pre-alert process.  Detailed instructions are provided in the Shipper's Letter of Instruction.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(1.) If a product does not contain steel, the supplier must indicate “DOES NOT CONTAIN STEEL” on the commercial invoice to prevent import delays. Likewise, if the product does not contain aluminum, the supplier must indicate “DOES NOT CONTAIN ALUMINUM” on the commercial invoice.  If the product contains neither steel nor aluminum, supplier must indicate “DOES NOT CONTAIN STEEL OR ALUMINUM” on the commercial invoice and put 0 for the steel and aluminum weight in the subsequent tabs.  The remaining instructions will not apply. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
   <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -913,153 +913,153 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="24" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...3 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
@@ -1475,1813 +1475,1828 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.bfldr.com/XG3NESCC/at/vss4wsjgt3gf8nt5fthbrnbc/Halliburton_US_Imports_Instructions_for_3rd_Party_Vendors" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5E4B9AF3-6414-487B-9112-BA3954B98778}">
   <dimension ref="B3:U40"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" showRuler="0" topLeftCell="A19" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="B24" sqref="B24:N24"/>
+    <sheetView showGridLines="0" tabSelected="1" showRuler="0" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="R25" sqref="R25"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.26953125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="21" max="21" width="50.7265625" customWidth="1"/>
+    <col min="1" max="1" width="3.28515625" customWidth="1"/>
+    <col min="2" max="2" width="14.28515625" customWidth="1"/>
+    <col min="14" max="14" width="8.7109375" customWidth="1"/>
+    <col min="21" max="21" width="50.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="3" spans="2:14" x14ac:dyDescent="0.35">
-      <c r="B3" s="42" t="s">
+    <row r="3" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B3" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="42"/>
-[...28 lines deleted...]
-      <c r="B5" s="38" t="s">
+      <c r="C3" s="46"/>
+      <c r="D3" s="46"/>
+      <c r="E3" s="46"/>
+      <c r="F3" s="46"/>
+      <c r="G3" s="46"/>
+      <c r="H3" s="46"/>
+      <c r="I3" s="46"/>
+      <c r="J3" s="46"/>
+      <c r="K3" s="46"/>
+      <c r="L3" s="46"/>
+      <c r="M3" s="46"/>
+      <c r="N3" s="46"/>
+    </row>
+    <row r="4" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B4" s="49"/>
+      <c r="C4" s="49"/>
+      <c r="D4" s="49"/>
+      <c r="E4" s="49"/>
+      <c r="F4" s="49"/>
+      <c r="G4" s="49"/>
+      <c r="H4" s="49"/>
+      <c r="I4" s="49"/>
+      <c r="J4" s="49"/>
+      <c r="K4" s="49"/>
+      <c r="L4" s="49"/>
+      <c r="M4" s="49"/>
+      <c r="N4" s="49"/>
+    </row>
+    <row r="5" spans="2:14" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="41" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="38"/>
-[...13 lines deleted...]
-      <c r="B6" s="43" t="s">
+      <c r="C5" s="41"/>
+      <c r="D5" s="41"/>
+      <c r="E5" s="41"/>
+      <c r="F5" s="41"/>
+      <c r="G5" s="41"/>
+      <c r="H5" s="41"/>
+      <c r="I5" s="41"/>
+      <c r="J5" s="41"/>
+      <c r="K5" s="41"/>
+      <c r="L5" s="41"/>
+      <c r="M5" s="41"/>
+      <c r="N5" s="41"/>
+    </row>
+    <row r="6" spans="2:14" ht="63.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="39" t="s">
         <v>2</v>
       </c>
-      <c r="C6" s="43"/>
-[...12 lines deleted...]
-    <row r="7" spans="2:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C6" s="39"/>
+      <c r="D6" s="39"/>
+      <c r="E6" s="39"/>
+      <c r="F6" s="39"/>
+      <c r="G6" s="39"/>
+      <c r="H6" s="39"/>
+      <c r="I6" s="39"/>
+      <c r="J6" s="39"/>
+      <c r="K6" s="39"/>
+      <c r="L6" s="39"/>
+      <c r="M6" s="39"/>
+      <c r="N6" s="39"/>
+    </row>
+    <row r="7" spans="2:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="18"/>
       <c r="C7" s="18"/>
       <c r="D7" s="18"/>
       <c r="E7" s="18"/>
       <c r="F7" s="18"/>
       <c r="G7" s="18"/>
       <c r="H7" s="18"/>
       <c r="I7" s="18"/>
       <c r="J7" s="18"/>
       <c r="K7" s="18"/>
       <c r="L7" s="18"/>
       <c r="M7" s="18"/>
       <c r="N7" s="18"/>
     </row>
-    <row r="8" spans="2:14" x14ac:dyDescent="0.35">
+    <row r="8" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B8" s="23" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="22"/>
       <c r="D8" s="22"/>
       <c r="E8" s="22"/>
       <c r="F8" s="22"/>
       <c r="G8" s="22"/>
       <c r="H8" s="22"/>
       <c r="I8" s="22"/>
       <c r="J8" s="22"/>
       <c r="K8" s="22"/>
       <c r="L8" s="22"/>
       <c r="M8" s="22"/>
       <c r="N8" s="22"/>
     </row>
-    <row r="9" spans="2:14" ht="31" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="43" t="s">
+    <row r="9" spans="2:14" ht="30.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="39" t="s">
         <v>4</v>
       </c>
-      <c r="C9" s="43"/>
-[...12 lines deleted...]
-    <row r="20" spans="2:21" x14ac:dyDescent="0.35">
+      <c r="C9" s="39"/>
+      <c r="D9" s="39"/>
+      <c r="E9" s="39"/>
+      <c r="F9" s="39"/>
+      <c r="G9" s="39"/>
+      <c r="H9" s="39"/>
+      <c r="I9" s="39"/>
+      <c r="J9" s="39"/>
+      <c r="K9" s="39"/>
+      <c r="L9" s="39"/>
+      <c r="M9" s="39"/>
+      <c r="N9" s="39"/>
+    </row>
+    <row r="20" spans="2:21" x14ac:dyDescent="0.25">
       <c r="B20" s="23" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="22"/>
       <c r="D20" s="22"/>
       <c r="E20" s="22"/>
       <c r="F20" s="22"/>
       <c r="G20" s="22"/>
       <c r="H20" s="22"/>
       <c r="I20" s="22"/>
       <c r="J20" s="22"/>
       <c r="K20" s="22"/>
       <c r="L20" s="22"/>
       <c r="M20" s="22"/>
       <c r="N20" s="22"/>
     </row>
-    <row r="21" spans="2:21" x14ac:dyDescent="0.35">
+    <row r="21" spans="2:21" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="22" spans="2:21" ht="66" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B22" s="43" t="s">
+    <row r="22" spans="2:21" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="39" t="s">
+        <v>85</v>
+      </c>
+      <c r="C22" s="39"/>
+      <c r="D22" s="39"/>
+      <c r="E22" s="39"/>
+      <c r="F22" s="39"/>
+      <c r="G22" s="39"/>
+      <c r="H22" s="39"/>
+      <c r="I22" s="39"/>
+      <c r="J22" s="39"/>
+      <c r="K22" s="39"/>
+      <c r="L22" s="39"/>
+      <c r="M22" s="39"/>
+      <c r="N22" s="39"/>
+    </row>
+    <row r="23" spans="2:21" ht="51.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="43" t="s">
+        <v>84</v>
+      </c>
+      <c r="C23" s="42"/>
+      <c r="D23" s="42"/>
+      <c r="E23" s="42"/>
+      <c r="F23" s="42"/>
+      <c r="G23" s="42"/>
+      <c r="H23" s="42"/>
+      <c r="I23" s="42"/>
+      <c r="J23" s="42"/>
+      <c r="K23" s="42"/>
+      <c r="L23" s="42"/>
+      <c r="M23" s="42"/>
+      <c r="N23" s="42"/>
+    </row>
+    <row r="24" spans="2:21" x14ac:dyDescent="0.25">
+      <c r="B24" s="40" t="s">
+        <v>82</v>
+      </c>
+      <c r="C24" s="40"/>
+      <c r="D24" s="40"/>
+      <c r="E24" s="40"/>
+      <c r="F24" s="40"/>
+      <c r="G24" s="40"/>
+      <c r="H24" s="40"/>
+      <c r="I24" s="40"/>
+      <c r="J24" s="40"/>
+      <c r="K24" s="40"/>
+      <c r="L24" s="40"/>
+      <c r="M24" s="40"/>
+      <c r="N24" s="40"/>
+      <c r="O24" s="38"/>
+    </row>
+    <row r="25" spans="2:21" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="41" t="s">
+        <v>83</v>
+      </c>
+      <c r="C25" s="42"/>
+      <c r="D25" s="42"/>
+      <c r="E25" s="42"/>
+      <c r="F25" s="42"/>
+      <c r="G25" s="42"/>
+      <c r="H25" s="42"/>
+      <c r="I25" s="42"/>
+      <c r="J25" s="42"/>
+      <c r="K25" s="42"/>
+      <c r="L25" s="42"/>
+      <c r="M25" s="42"/>
+      <c r="N25" s="42"/>
+      <c r="O25" s="38"/>
+    </row>
+    <row r="26" spans="2:21" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B26" s="48" t="s">
         <v>7</v>
       </c>
-      <c r="C22" s="43"/>
-[...66 lines deleted...]
-      <c r="B26" s="45" t="s">
+      <c r="C26" s="48"/>
+      <c r="D26" s="48"/>
+      <c r="E26" s="48"/>
+      <c r="F26" s="48"/>
+      <c r="G26" s="48"/>
+      <c r="H26" s="48"/>
+      <c r="I26" s="48"/>
+      <c r="J26" s="48"/>
+      <c r="K26" s="48"/>
+      <c r="L26" s="48"/>
+      <c r="M26" s="48"/>
+      <c r="N26" s="48"/>
+    </row>
+    <row r="27" spans="2:21" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="39" t="s">
         <v>8</v>
       </c>
-      <c r="C26" s="45"/>
-[...13 lines deleted...]
-      <c r="B27" s="43" t="s">
+      <c r="C27" s="39"/>
+      <c r="D27" s="39"/>
+      <c r="E27" s="39"/>
+      <c r="F27" s="39"/>
+      <c r="G27" s="39"/>
+      <c r="H27" s="39"/>
+      <c r="I27" s="39"/>
+      <c r="J27" s="39"/>
+      <c r="K27" s="39"/>
+      <c r="L27" s="39"/>
+      <c r="M27" s="39"/>
+      <c r="N27" s="39"/>
+      <c r="U27" s="36"/>
+    </row>
+    <row r="28" spans="2:21" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="39" t="s">
         <v>9</v>
       </c>
-      <c r="C27" s="43"/>
-[...14 lines deleted...]
-      <c r="B28" s="43" t="s">
+      <c r="C28" s="39"/>
+      <c r="D28" s="39"/>
+      <c r="E28" s="39"/>
+      <c r="F28" s="39"/>
+      <c r="G28" s="39"/>
+      <c r="H28" s="39"/>
+      <c r="I28" s="39"/>
+      <c r="J28" s="39"/>
+      <c r="K28" s="39"/>
+      <c r="L28" s="39"/>
+      <c r="M28" s="39"/>
+      <c r="N28" s="39"/>
+    </row>
+    <row r="29" spans="2:21" ht="45.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="47" t="s">
+        <v>79</v>
+      </c>
+      <c r="C29" s="47"/>
+      <c r="D29" s="47"/>
+      <c r="E29" s="47"/>
+      <c r="F29" s="47"/>
+      <c r="G29" s="47"/>
+      <c r="H29" s="47"/>
+      <c r="I29" s="47"/>
+      <c r="J29" s="47"/>
+      <c r="K29" s="47"/>
+      <c r="L29" s="47"/>
+      <c r="M29" s="47"/>
+      <c r="N29" s="47"/>
+    </row>
+    <row r="30" spans="2:21" x14ac:dyDescent="0.25">
+      <c r="B30" s="21" t="s">
         <v>10</v>
-      </c>
-[...32 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C30" s="22"/>
       <c r="D30" s="22"/>
       <c r="E30" s="22"/>
       <c r="F30" s="22"/>
       <c r="G30" s="22"/>
       <c r="H30" s="22"/>
       <c r="I30" s="22"/>
       <c r="J30" s="22"/>
       <c r="K30" s="22"/>
       <c r="L30" s="22"/>
       <c r="M30" s="22"/>
       <c r="N30" s="22"/>
     </row>
-    <row r="31" spans="2:21" ht="31" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B31" s="41" t="s">
+    <row r="31" spans="2:21" ht="30.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="45" t="s">
+        <v>11</v>
+      </c>
+      <c r="C31" s="45"/>
+      <c r="D31" s="45"/>
+      <c r="E31" s="45"/>
+      <c r="F31" s="45"/>
+      <c r="G31" s="45"/>
+      <c r="H31" s="45"/>
+      <c r="I31" s="45"/>
+      <c r="J31" s="45"/>
+      <c r="K31" s="45"/>
+      <c r="L31" s="45"/>
+      <c r="M31" s="45"/>
+      <c r="N31" s="45"/>
+    </row>
+    <row r="32" spans="2:21" ht="72.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="45" t="s">
         <v>12</v>
       </c>
-      <c r="C31" s="41"/>
-[...13 lines deleted...]
-      <c r="B32" s="41" t="s">
+      <c r="C32" s="45"/>
+      <c r="D32" s="45"/>
+      <c r="E32" s="45"/>
+      <c r="F32" s="45"/>
+      <c r="G32" s="45"/>
+      <c r="H32" s="45"/>
+      <c r="I32" s="45"/>
+      <c r="J32" s="45"/>
+      <c r="K32" s="45"/>
+      <c r="L32" s="45"/>
+      <c r="M32" s="45"/>
+      <c r="N32" s="45"/>
+    </row>
+    <row r="33" spans="2:14" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B33" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="C32" s="41"/>
-[...13 lines deleted...]
-      <c r="B33" s="41" t="s">
+      <c r="C33" s="45"/>
+      <c r="D33" s="45"/>
+      <c r="E33" s="45"/>
+      <c r="F33" s="45"/>
+      <c r="G33" s="45"/>
+      <c r="H33" s="45"/>
+      <c r="I33" s="45"/>
+      <c r="J33" s="45"/>
+      <c r="K33" s="45"/>
+      <c r="L33" s="45"/>
+      <c r="M33" s="45"/>
+      <c r="N33" s="45"/>
+    </row>
+    <row r="34" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B34" s="45" t="s">
         <v>14</v>
       </c>
-      <c r="C33" s="41"/>
-[...13 lines deleted...]
-      <c r="B34" s="41" t="s">
+      <c r="C34" s="45"/>
+      <c r="D34" s="45"/>
+      <c r="E34" s="45"/>
+      <c r="F34" s="45"/>
+      <c r="G34" s="45"/>
+      <c r="H34" s="45"/>
+      <c r="I34" s="45"/>
+      <c r="J34" s="45"/>
+      <c r="K34" s="45"/>
+      <c r="L34" s="45"/>
+      <c r="M34" s="45"/>
+      <c r="N34" s="45"/>
+    </row>
+    <row r="35" spans="2:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="45" t="s">
         <v>15</v>
       </c>
-      <c r="C34" s="41"/>
-[...13 lines deleted...]
-      <c r="B35" s="41" t="s">
+      <c r="C35" s="45"/>
+      <c r="D35" s="45"/>
+      <c r="E35" s="45"/>
+      <c r="F35" s="45"/>
+      <c r="G35" s="45"/>
+      <c r="H35" s="45"/>
+      <c r="I35" s="45"/>
+      <c r="J35" s="45"/>
+      <c r="K35" s="45"/>
+      <c r="L35" s="45"/>
+      <c r="M35" s="45"/>
+      <c r="N35" s="45"/>
+    </row>
+    <row r="36" spans="2:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B36" s="44" t="s">
+        <v>81</v>
+      </c>
+      <c r="C36" s="44"/>
+      <c r="D36" s="44"/>
+      <c r="E36" s="44"/>
+      <c r="F36" s="44"/>
+      <c r="G36" s="44"/>
+      <c r="H36" s="44"/>
+      <c r="I36" s="44"/>
+      <c r="J36" s="44"/>
+      <c r="K36" s="44"/>
+      <c r="L36" s="44"/>
+      <c r="M36" s="44"/>
+      <c r="N36" s="44"/>
+    </row>
+    <row r="37" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B37" s="45" t="s">
         <v>16</v>
       </c>
-      <c r="C35" s="41"/>
-[...30 lines deleted...]
-      <c r="B37" s="41" t="s">
+      <c r="C37" s="45"/>
+      <c r="D37" s="45"/>
+      <c r="E37" s="45"/>
+      <c r="F37" s="45"/>
+      <c r="G37" s="45"/>
+      <c r="H37" s="45"/>
+      <c r="I37" s="45"/>
+      <c r="J37" s="45"/>
+      <c r="K37" s="45"/>
+      <c r="L37" s="45"/>
+      <c r="M37" s="45"/>
+      <c r="N37" s="45"/>
+    </row>
+    <row r="38" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B38" s="19" t="s">
         <v>17</v>
       </c>
-      <c r="C37" s="41"/>
-[...13 lines deleted...]
-      <c r="B38" s="19" t="s">
+    </row>
+    <row r="40" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B40" s="20" t="s">
         <v>18</v>
-      </c>
-[...3 lines deleted...]
-        <v>19</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="20">
-    <mergeCell ref="B9:N9"/>
-[...3 lines deleted...]
-    <mergeCell ref="B23:N23"/>
     <mergeCell ref="B36:N36"/>
     <mergeCell ref="B34:N34"/>
     <mergeCell ref="B37:N37"/>
     <mergeCell ref="B3:N3"/>
     <mergeCell ref="B5:N5"/>
     <mergeCell ref="B35:N35"/>
     <mergeCell ref="B27:N27"/>
     <mergeCell ref="B28:N28"/>
     <mergeCell ref="B29:N29"/>
     <mergeCell ref="B31:N31"/>
     <mergeCell ref="B32:N32"/>
     <mergeCell ref="B33:N33"/>
     <mergeCell ref="B26:N26"/>
     <mergeCell ref="B4:N4"/>
     <mergeCell ref="B6:N6"/>
+    <mergeCell ref="B9:N9"/>
+    <mergeCell ref="B22:N22"/>
+    <mergeCell ref="B24:N24"/>
+    <mergeCell ref="B25:N25"/>
+    <mergeCell ref="B23:N23"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B24" r:id="rId1" xr:uid="{AB51BAA9-2F1A-4E37-B6DC-98C5D9F65FBA}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup scale="83" orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8AE7EACA-7070-4820-8B37-14E6A915B3C7}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="B1:C17"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A5" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.453125" customWidth="1"/>
-    <col min="2" max="2" width="36.1796875" customWidth="1"/>
+    <col min="1" max="1" width="3.42578125" customWidth="1"/>
+    <col min="2" max="2" width="36.140625" customWidth="1"/>
     <col min="3" max="3" width="108" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:3" ht="20" x14ac:dyDescent="0.4">
-      <c r="B1" s="47" t="s">
+    <row r="1" spans="2:3" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="B1" s="50" t="s">
+        <v>19</v>
+      </c>
+      <c r="C1" s="51"/>
+    </row>
+    <row r="2" spans="2:3" ht="29.25" x14ac:dyDescent="0.25">
+      <c r="B2" s="29" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="48"/>
-[...2 lines deleted...]
-      <c r="B2" s="29" t="s">
+      <c r="C2" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="C2" s="30" t="s">
+    </row>
+    <row r="3" spans="2:3" ht="29.25" x14ac:dyDescent="0.25">
+      <c r="B3" s="29" t="s">
         <v>22</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B3" s="29" t="s">
+      <c r="C3" s="30" t="s">
         <v>23</v>
       </c>
-      <c r="C3" s="30" t="s">
+    </row>
+    <row r="4" spans="2:3" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="29" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B4" s="29" t="s">
+      <c r="C4" s="30" t="s">
         <v>25</v>
       </c>
-      <c r="C4" s="30" t="s">
+    </row>
+    <row r="5" spans="2:3" ht="29.25" x14ac:dyDescent="0.25">
+      <c r="B5" s="29" t="s">
         <v>26</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B5" s="29" t="s">
+      <c r="C5" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="C5" s="30" t="s">
+    </row>
+    <row r="6" spans="2:3" ht="100.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="29" t="s">
         <v>28</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" s="29" t="s">
+      <c r="C6" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="C6" s="30" t="s">
+    </row>
+    <row r="7" spans="2:3" ht="29.25" x14ac:dyDescent="0.25">
+      <c r="B7" s="29" t="s">
         <v>30</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" s="29" t="s">
+      <c r="C7" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="C7" s="30" t="s">
+    </row>
+    <row r="8" spans="2:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="B8" s="31" t="s">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B8" s="31" t="s">
+      <c r="C8" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="C8" s="30" t="s">
+    </row>
+    <row r="9" spans="2:3" ht="29.25" x14ac:dyDescent="0.25">
+      <c r="B9" s="29" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" s="29" t="s">
+      <c r="C9" s="30" t="s">
         <v>35</v>
       </c>
-      <c r="C9" s="30" t="s">
+    </row>
+    <row r="10" spans="2:3" ht="29.25" x14ac:dyDescent="0.25">
+      <c r="B10" s="29" t="s">
         <v>36</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" s="29" t="s">
+      <c r="C10" s="30" t="s">
         <v>37</v>
       </c>
-      <c r="C10" s="30" t="s">
+    </row>
+    <row r="11" spans="2:3" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B11" s="29" t="s">
         <v>38</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B11" s="29" t="s">
+      <c r="C11" s="30" t="s">
         <v>39</v>
       </c>
-      <c r="C11" s="30" t="s">
+    </row>
+    <row r="12" spans="2:3" ht="72" x14ac:dyDescent="0.25">
+      <c r="B12" s="29" t="s">
         <v>40</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" s="29" t="s">
+      <c r="C12" s="30" t="s">
         <v>41</v>
       </c>
-      <c r="C12" s="30" t="s">
+    </row>
+    <row r="13" spans="2:3" ht="100.5" x14ac:dyDescent="0.25">
+      <c r="B13" s="29" t="s">
+        <v>30</v>
+      </c>
+      <c r="C13" s="30" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="13" spans="2:3" ht="84.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="C13" s="30" t="s">
+    <row r="14" spans="2:3" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B14" s="29" t="s">
         <v>43</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B14" s="29" t="s">
+      <c r="C14" s="30" t="s">
         <v>44</v>
       </c>
-      <c r="C14" s="30" t="s">
+    </row>
+    <row r="15" spans="2:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="B15" s="32" t="s">
         <v>45</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B15" s="32" t="s">
+      <c r="C15" s="30" t="s">
         <v>46</v>
       </c>
-      <c r="C15" s="30" t="s">
+    </row>
+    <row r="16" spans="2:3" ht="29.25" x14ac:dyDescent="0.25">
+      <c r="B16" s="29" t="s">
         <v>47</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B16" s="29" t="s">
+      <c r="C16" s="30" t="s">
         <v>48</v>
       </c>
-      <c r="C16" s="30" t="s">
+    </row>
+    <row r="17" spans="2:3" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B17" s="29" t="s">
         <v>49</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B17" s="29" t="s">
+      <c r="C17" s="33" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="76" orientation="landscape" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00D9B59C-E83A-4D47-93D0-A13461F5A560}">
   <dimension ref="A1:J51"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="H9" sqref="H9:J9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14" customWidth="1"/>
-    <col min="2" max="2" width="15.7265625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="7" width="24.81640625" customWidth="1"/>
+    <col min="2" max="2" width="15.7109375" customWidth="1"/>
+    <col min="3" max="3" width="14.5703125" customWidth="1"/>
+    <col min="4" max="4" width="16.5703125" customWidth="1"/>
+    <col min="5" max="5" width="19.5703125" customWidth="1"/>
+    <col min="6" max="6" width="16.5703125" customWidth="1"/>
+    <col min="7" max="7" width="24.85546875" customWidth="1"/>
     <col min="8" max="8" width="13" customWidth="1"/>
     <col min="9" max="9" width="17" customWidth="1"/>
-    <col min="10" max="10" width="0.54296875" customWidth="1"/>
+    <col min="10" max="10" width="0.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
     </row>
-    <row r="2" spans="1:10" ht="18" x14ac:dyDescent="0.35">
-[...13 lines deleted...]
-    <row r="3" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A2" s="73" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" s="73"/>
+      <c r="C2" s="73"/>
+      <c r="D2" s="73"/>
+      <c r="E2" s="73"/>
+      <c r="F2" s="73"/>
+      <c r="G2" s="73"/>
+      <c r="H2" s="73"/>
+      <c r="I2" s="73"/>
+      <c r="J2" s="73"/>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
     </row>
-    <row r="4" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      <c r="D4" s="52"/>
+        <v>52</v>
+      </c>
+      <c r="B4" s="68"/>
+      <c r="C4" s="69"/>
+      <c r="D4" s="70"/>
       <c r="E4" s="8"/>
       <c r="G4" s="14" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H4" s="15"/>
       <c r="I4" s="15"/>
       <c r="J4" s="15"/>
     </row>
-    <row r="5" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:10" ht="18" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      <c r="D5" s="52"/>
+        <v>54</v>
+      </c>
+      <c r="B5" s="68"/>
+      <c r="C5" s="69"/>
+      <c r="D5" s="70"/>
       <c r="E5" s="8"/>
       <c r="F5" s="2"/>
       <c r="G5" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5" s="68"/>
+      <c r="I5" s="69"/>
+      <c r="J5" s="70"/>
+    </row>
+    <row r="6" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A6" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="H5" s="50"/>
-[...9 lines deleted...]
-      <c r="D6" s="52"/>
+      <c r="B6" s="68"/>
+      <c r="C6" s="69"/>
+      <c r="D6" s="70"/>
       <c r="E6" s="8"/>
       <c r="F6" s="2"/>
       <c r="G6" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="H6" s="74"/>
+      <c r="I6" s="75"/>
+      <c r="J6" s="76"/>
+    </row>
+    <row r="7" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="H6" s="53"/>
-[...9 lines deleted...]
-      <c r="D7" s="52"/>
+      <c r="B7" s="68"/>
+      <c r="C7" s="69"/>
+      <c r="D7" s="70"/>
       <c r="E7" s="8"/>
       <c r="F7" s="2"/>
       <c r="G7" s="9"/>
       <c r="H7" s="10"/>
       <c r="I7" s="10"/>
       <c r="J7" s="10"/>
     </row>
-    <row r="8" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:10" ht="18" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      <c r="D8" s="52"/>
+        <v>59</v>
+      </c>
+      <c r="B8" s="68"/>
+      <c r="C8" s="69"/>
+      <c r="D8" s="70"/>
       <c r="E8" s="8"/>
       <c r="F8" s="2"/>
       <c r="G8" s="4"/>
-      <c r="H8" s="56"/>
-[...3 lines deleted...]
-    <row r="9" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+      <c r="H8" s="71"/>
+      <c r="I8" s="71"/>
+      <c r="J8" s="71"/>
+    </row>
+    <row r="9" spans="1:10" ht="18" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      <c r="D9" s="52"/>
+        <v>60</v>
+      </c>
+      <c r="B9" s="72"/>
+      <c r="C9" s="69"/>
+      <c r="D9" s="70"/>
       <c r="E9" s="8"/>
       <c r="F9" s="2"/>
       <c r="G9" s="4"/>
-      <c r="H9" s="56"/>
-[...3 lines deleted...]
-    <row r="10" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+      <c r="H9" s="71"/>
+      <c r="I9" s="71"/>
+      <c r="J9" s="71"/>
+    </row>
+    <row r="10" spans="1:10" ht="18" x14ac:dyDescent="0.25">
       <c r="A10" s="2"/>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="12"/>
       <c r="H10" s="11"/>
       <c r="I10" s="11"/>
       <c r="J10" s="11"/>
     </row>
-    <row r="11" spans="1:10" ht="42" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:10" ht="60" x14ac:dyDescent="0.25">
       <c r="A11" s="16" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B11" s="16" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C11" s="16" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D11" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="E11" s="16" t="s">
         <v>62</v>
       </c>
-      <c r="E11" s="16" t="s">
+      <c r="F11" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" s="17" t="s">
         <v>63</v>
       </c>
-      <c r="F11" s="17" t="s">
-[...2 lines deleted...]
-      <c r="G11" s="17" t="s">
+      <c r="H11" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="I11" s="17" t="s">
         <v>64</v>
       </c>
-      <c r="H11" s="17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J11" s="13"/>
     </row>
-    <row r="12" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A12" s="5"/>
       <c r="B12" s="5"/>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="5"/>
       <c r="F12" s="5"/>
       <c r="G12" s="5"/>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A13" s="5"/>
       <c r="B13" s="5"/>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
     </row>
-    <row r="14" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A14" s="5"/>
       <c r="B14" s="5"/>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
       <c r="E14" s="5"/>
       <c r="F14" s="5"/>
       <c r="G14" s="5"/>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
     </row>
-    <row r="15" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A15" s="5"/>
       <c r="B15" s="5"/>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
     </row>
-    <row r="16" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A16" s="5"/>
       <c r="B16" s="5"/>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="5"/>
       <c r="G16" s="5"/>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
     </row>
-    <row r="17" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A17" s="5"/>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="5"/>
       <c r="G17" s="5"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
     </row>
-    <row r="18" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A18" s="5"/>
       <c r="B18" s="5"/>
       <c r="C18" s="5"/>
       <c r="D18" s="5"/>
       <c r="E18" s="5"/>
       <c r="F18" s="5"/>
       <c r="G18" s="5"/>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
     </row>
-    <row r="19" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A19" s="5"/>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
     </row>
-    <row r="20" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A20" s="5"/>
       <c r="B20" s="5"/>
       <c r="C20" s="5"/>
       <c r="D20" s="5"/>
       <c r="E20" s="5"/>
       <c r="F20" s="5"/>
       <c r="G20" s="5"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
     </row>
-    <row r="21" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A21" s="5"/>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
     </row>
-    <row r="22" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A22" s="5"/>
       <c r="B22" s="5"/>
       <c r="C22" s="5"/>
       <c r="D22" s="5"/>
       <c r="E22" s="5"/>
       <c r="F22" s="5"/>
       <c r="G22" s="5"/>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
     </row>
-    <row r="23" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A23" s="5"/>
       <c r="B23" s="5"/>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
       <c r="E23" s="5"/>
       <c r="F23" s="5"/>
       <c r="G23" s="5"/>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
     </row>
-    <row r="24" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A24" s="5"/>
       <c r="B24" s="5"/>
       <c r="C24" s="5"/>
       <c r="D24" s="5"/>
       <c r="E24" s="5"/>
       <c r="F24" s="5"/>
       <c r="G24" s="5"/>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
     </row>
-    <row r="25" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A25" s="5"/>
       <c r="B25" s="5"/>
       <c r="C25" s="5"/>
       <c r="D25" s="5"/>
       <c r="E25" s="5"/>
       <c r="F25" s="5"/>
       <c r="G25" s="5"/>
       <c r="H25" s="6"/>
       <c r="I25" s="6"/>
     </row>
-    <row r="26" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A26" s="5"/>
       <c r="B26" s="5"/>
       <c r="C26" s="5"/>
       <c r="D26" s="5"/>
       <c r="E26" s="5"/>
       <c r="F26" s="5"/>
       <c r="G26" s="5"/>
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
     </row>
-    <row r="27" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A27" s="34" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B27" s="28"/>
       <c r="C27" s="28"/>
       <c r="D27" s="26"/>
       <c r="E27" s="26"/>
       <c r="F27" s="26"/>
       <c r="G27" s="26"/>
       <c r="H27" s="27"/>
       <c r="I27" s="27"/>
     </row>
-    <row r="28" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A28" s="26"/>
       <c r="B28" s="26"/>
       <c r="C28" s="26"/>
       <c r="D28" s="26"/>
       <c r="E28" s="26"/>
       <c r="F28" s="26"/>
       <c r="G28" s="26"/>
       <c r="H28" s="27"/>
       <c r="I28" s="27"/>
     </row>
-    <row r="29" spans="1:10" ht="42" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A29" s="66" t="s">
+    <row r="29" spans="1:10" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="60" t="s">
+        <v>66</v>
+      </c>
+      <c r="B29" s="60"/>
+      <c r="C29" s="60"/>
+      <c r="D29" s="60"/>
+      <c r="E29" s="60"/>
+      <c r="F29" s="60"/>
+      <c r="G29" s="60"/>
+      <c r="H29" s="60"/>
+      <c r="I29" s="60"/>
+      <c r="J29" s="60"/>
+    </row>
+    <row r="30" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="24" t="s">
         <v>67</v>
       </c>
-      <c r="B29" s="66"/>
-[...10 lines deleted...]
-      <c r="A30" s="24" t="s">
+    </row>
+    <row r="31" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="24" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="31" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A31" s="24" t="s">
+    <row r="32" spans="1:10" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="58" t="s">
         <v>69</v>
       </c>
-    </row>
-[...26 lines deleted...]
-    <row r="34" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B32" s="58"/>
+      <c r="C32" s="58"/>
+      <c r="D32" s="58"/>
+      <c r="E32" s="58"/>
+      <c r="F32" s="58"/>
+      <c r="G32" s="58"/>
+      <c r="H32" s="58"/>
+      <c r="I32" s="58"/>
+    </row>
+    <row r="33" spans="1:10" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="67" t="s">
+        <v>78</v>
+      </c>
+      <c r="B33" s="58"/>
+      <c r="C33" s="58"/>
+      <c r="D33" s="58"/>
+      <c r="E33" s="58"/>
+      <c r="F33" s="58"/>
+      <c r="G33" s="58"/>
+      <c r="H33" s="58"/>
+      <c r="I33" s="58"/>
+    </row>
+    <row r="34" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A34" s="26"/>
       <c r="B34" s="26"/>
       <c r="C34" s="26"/>
       <c r="D34" s="26"/>
       <c r="E34" s="26"/>
       <c r="F34" s="26"/>
       <c r="G34" s="26"/>
       <c r="H34" s="27"/>
       <c r="I34" s="27"/>
     </row>
-    <row r="35" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A35" s="58" t="s">
+    <row r="35" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A35" s="52" t="s">
+        <v>70</v>
+      </c>
+      <c r="B35" s="53"/>
+      <c r="C35" s="53"/>
+      <c r="D35" s="53"/>
+      <c r="E35" s="53"/>
+      <c r="F35" s="54"/>
+      <c r="G35" s="61" t="s">
         <v>71</v>
       </c>
-      <c r="B35" s="59"/>
-[...4 lines deleted...]
-      <c r="G35" s="67" t="s">
+      <c r="H35" s="62"/>
+      <c r="I35" s="62"/>
+      <c r="J35" s="63"/>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A36" s="55"/>
+      <c r="B36" s="56"/>
+      <c r="C36" s="56"/>
+      <c r="D36" s="56"/>
+      <c r="E36" s="56"/>
+      <c r="F36" s="57"/>
+      <c r="G36" s="64"/>
+      <c r="H36" s="65"/>
+      <c r="I36" s="65"/>
+      <c r="J36" s="66"/>
+    </row>
+    <row r="37" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A37" s="52" t="s">
         <v>72</v>
       </c>
-      <c r="H35" s="68"/>
-[...16 lines deleted...]
-      <c r="A37" s="58" t="s">
+      <c r="B37" s="53"/>
+      <c r="C37" s="53"/>
+      <c r="D37" s="53"/>
+      <c r="E37" s="53"/>
+      <c r="F37" s="54"/>
+      <c r="G37" s="61" t="s">
         <v>73</v>
       </c>
-      <c r="B37" s="59"/>
-[...4 lines deleted...]
-      <c r="G37" s="67" t="s">
+      <c r="H37" s="62"/>
+      <c r="I37" s="62"/>
+      <c r="J37" s="63"/>
+    </row>
+    <row r="38" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A38" s="55"/>
+      <c r="B38" s="56"/>
+      <c r="C38" s="56"/>
+      <c r="D38" s="56"/>
+      <c r="E38" s="56"/>
+      <c r="F38" s="57"/>
+      <c r="G38" s="55"/>
+      <c r="H38" s="56"/>
+      <c r="I38" s="56"/>
+      <c r="J38" s="57"/>
+    </row>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A39" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="H37" s="68"/>
-[...32 lines deleted...]
-    <row r="46" spans="1:10" x14ac:dyDescent="0.35">
+    </row>
+    <row r="45" spans="1:10" ht="48.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="59"/>
+      <c r="B45" s="59"/>
+      <c r="C45" s="59"/>
+      <c r="D45" s="59"/>
+      <c r="E45" s="59"/>
+      <c r="F45" s="59"/>
+      <c r="G45" s="59"/>
+      <c r="H45" s="59"/>
+      <c r="I45" s="59"/>
+      <c r="J45" s="59"/>
+    </row>
+    <row r="46" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A46" s="24"/>
     </row>
-    <row r="47" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A47" s="24"/>
     </row>
-    <row r="48" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A48" s="25"/>
     </row>
-    <row r="49" spans="1:1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A49" s="25"/>
     </row>
-    <row r="50" spans="1:1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A50" s="25"/>
     </row>
-    <row r="51" spans="1:1" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A51" s="25"/>
     </row>
   </sheetData>
   <mergeCells count="23">
+    <mergeCell ref="A2:J2"/>
+    <mergeCell ref="B4:D4"/>
+    <mergeCell ref="B5:D5"/>
+    <mergeCell ref="H5:J5"/>
+    <mergeCell ref="B6:D6"/>
+    <mergeCell ref="H6:J6"/>
+    <mergeCell ref="B7:D7"/>
+    <mergeCell ref="B8:D8"/>
+    <mergeCell ref="H8:J8"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="H9:J9"/>
     <mergeCell ref="A37:F37"/>
     <mergeCell ref="A38:F38"/>
     <mergeCell ref="A32:I32"/>
     <mergeCell ref="A45:J45"/>
     <mergeCell ref="A29:J29"/>
     <mergeCell ref="G35:J35"/>
     <mergeCell ref="G36:J36"/>
     <mergeCell ref="G37:J37"/>
     <mergeCell ref="G38:J38"/>
     <mergeCell ref="A35:F35"/>
     <mergeCell ref="A36:F36"/>
     <mergeCell ref="A33:I33"/>
-    <mergeCell ref="B7:D7"/>
-[...9 lines deleted...]
-    <mergeCell ref="H6:J6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7FAC0BC1-F174-487B-AE09-ED9E5B1745CC}">
   <dimension ref="A1:J51"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A29" sqref="A29:J29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14" customWidth="1"/>
-    <col min="2" max="2" width="15.7265625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="7" width="24.81640625" customWidth="1"/>
+    <col min="2" max="2" width="15.7109375" customWidth="1"/>
+    <col min="3" max="3" width="14.5703125" customWidth="1"/>
+    <col min="4" max="4" width="16.5703125" customWidth="1"/>
+    <col min="5" max="5" width="18.5703125" customWidth="1"/>
+    <col min="6" max="6" width="16.5703125" customWidth="1"/>
+    <col min="7" max="7" width="24.85546875" customWidth="1"/>
     <col min="8" max="8" width="13" customWidth="1"/>
     <col min="9" max="9" width="17" customWidth="1"/>
-    <col min="10" max="10" width="0.54296875" customWidth="1"/>
+    <col min="10" max="10" width="0.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
     </row>
-    <row r="2" spans="1:10" ht="18" x14ac:dyDescent="0.35">
-[...13 lines deleted...]
-    <row r="3" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A2" s="73" t="s">
+        <v>75</v>
+      </c>
+      <c r="B2" s="73"/>
+      <c r="C2" s="73"/>
+      <c r="D2" s="73"/>
+      <c r="E2" s="73"/>
+      <c r="F2" s="73"/>
+      <c r="G2" s="73"/>
+      <c r="H2" s="73"/>
+      <c r="I2" s="73"/>
+      <c r="J2" s="73"/>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
     </row>
-    <row r="4" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      <c r="D4" s="52"/>
+        <v>52</v>
+      </c>
+      <c r="B4" s="68"/>
+      <c r="C4" s="69"/>
+      <c r="D4" s="70"/>
       <c r="E4" s="8"/>
       <c r="G4" s="14" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="H4" s="15"/>
       <c r="I4" s="15"/>
       <c r="J4" s="15"/>
     </row>
-    <row r="5" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:10" ht="18" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      <c r="D5" s="52"/>
+        <v>54</v>
+      </c>
+      <c r="B5" s="68"/>
+      <c r="C5" s="69"/>
+      <c r="D5" s="70"/>
       <c r="E5" s="8"/>
       <c r="F5" s="2"/>
       <c r="G5" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5" s="68"/>
+      <c r="I5" s="69"/>
+      <c r="J5" s="70"/>
+    </row>
+    <row r="6" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A6" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="H5" s="50"/>
-[...9 lines deleted...]
-      <c r="D6" s="52"/>
+      <c r="B6" s="68"/>
+      <c r="C6" s="69"/>
+      <c r="D6" s="70"/>
       <c r="E6" s="8"/>
       <c r="F6" s="2"/>
       <c r="G6" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="H6" s="74"/>
+      <c r="I6" s="75"/>
+      <c r="J6" s="76"/>
+    </row>
+    <row r="7" spans="1:10" ht="18" x14ac:dyDescent="0.25">
+      <c r="A7" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="H6" s="53"/>
-[...9 lines deleted...]
-      <c r="D7" s="52"/>
+      <c r="B7" s="68"/>
+      <c r="C7" s="69"/>
+      <c r="D7" s="70"/>
       <c r="E7" s="8"/>
       <c r="F7" s="2"/>
       <c r="G7" s="9"/>
       <c r="H7" s="10"/>
       <c r="I7" s="10"/>
       <c r="J7" s="10"/>
     </row>
-    <row r="8" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:10" ht="18" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      <c r="D8" s="52"/>
+        <v>59</v>
+      </c>
+      <c r="B8" s="68"/>
+      <c r="C8" s="69"/>
+      <c r="D8" s="70"/>
       <c r="E8" s="8"/>
       <c r="F8" s="2"/>
       <c r="G8" s="4"/>
-      <c r="H8" s="56"/>
-[...3 lines deleted...]
-    <row r="9" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+      <c r="H8" s="71"/>
+      <c r="I8" s="71"/>
+      <c r="J8" s="71"/>
+    </row>
+    <row r="9" spans="1:10" ht="18" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      <c r="D9" s="52"/>
+        <v>60</v>
+      </c>
+      <c r="B9" s="72"/>
+      <c r="C9" s="69"/>
+      <c r="D9" s="70"/>
       <c r="E9" s="8"/>
       <c r="F9" s="2"/>
       <c r="G9" s="4"/>
-      <c r="H9" s="56"/>
-[...3 lines deleted...]
-    <row r="10" spans="1:10" ht="18" x14ac:dyDescent="0.35">
+      <c r="H9" s="71"/>
+      <c r="I9" s="71"/>
+      <c r="J9" s="71"/>
+    </row>
+    <row r="10" spans="1:10" ht="18" x14ac:dyDescent="0.25">
       <c r="A10" s="2"/>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="12"/>
       <c r="H10" s="11"/>
       <c r="I10" s="11"/>
       <c r="J10" s="11"/>
     </row>
-    <row r="11" spans="1:10" ht="56" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:10" ht="60" x14ac:dyDescent="0.25">
       <c r="A11" s="16" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B11" s="16" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C11" s="16" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D11" s="16" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E11" s="16" t="s">
+        <v>76</v>
+      </c>
+      <c r="F11" s="37" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" s="17" t="s">
+        <v>63</v>
+      </c>
+      <c r="H11" s="17" t="s">
+        <v>47</v>
+      </c>
+      <c r="I11" s="17" t="s">
         <v>77</v>
       </c>
-      <c r="F11" s="37" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J11" s="13"/>
     </row>
-    <row r="12" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A12" s="5"/>
       <c r="B12" s="5"/>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="5"/>
       <c r="F12" s="5"/>
       <c r="G12" s="5"/>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A13" s="5"/>
       <c r="B13" s="5"/>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
     </row>
-    <row r="14" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A14" s="5"/>
       <c r="B14" s="5"/>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
       <c r="E14" s="5"/>
       <c r="F14" s="5"/>
       <c r="G14" s="5"/>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
     </row>
-    <row r="15" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A15" s="5"/>
       <c r="B15" s="5"/>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
       <c r="G15" s="5"/>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
     </row>
-    <row r="16" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A16" s="5"/>
       <c r="B16" s="5"/>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="5"/>
       <c r="G16" s="5"/>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
     </row>
-    <row r="17" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A17" s="5"/>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="5"/>
       <c r="G17" s="5"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
     </row>
-    <row r="18" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A18" s="5"/>
       <c r="B18" s="5"/>
       <c r="C18" s="5"/>
       <c r="D18" s="5"/>
       <c r="E18" s="5"/>
       <c r="F18" s="5"/>
       <c r="G18" s="5"/>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
     </row>
-    <row r="19" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A19" s="5"/>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5"/>
       <c r="F19" s="5"/>
       <c r="G19" s="5"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
     </row>
-    <row r="20" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A20" s="5"/>
       <c r="B20" s="5"/>
       <c r="C20" s="5"/>
       <c r="D20" s="5"/>
       <c r="E20" s="5"/>
       <c r="F20" s="5"/>
       <c r="G20" s="5"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
     </row>
-    <row r="21" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A21" s="5"/>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
       <c r="G21" s="5"/>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
     </row>
-    <row r="22" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A22" s="5"/>
       <c r="B22" s="5"/>
       <c r="C22" s="5"/>
       <c r="D22" s="5"/>
       <c r="E22" s="5"/>
       <c r="F22" s="5"/>
       <c r="G22" s="5"/>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
     </row>
-    <row r="23" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A23" s="5"/>
       <c r="B23" s="5"/>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
       <c r="E23" s="5"/>
       <c r="F23" s="5"/>
       <c r="G23" s="5"/>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
     </row>
-    <row r="24" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A24" s="5"/>
       <c r="B24" s="5"/>
       <c r="C24" s="5"/>
       <c r="D24" s="5"/>
       <c r="E24" s="5"/>
       <c r="F24" s="5"/>
       <c r="G24" s="5"/>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
     </row>
-    <row r="25" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A25" s="5"/>
       <c r="B25" s="5"/>
       <c r="C25" s="5"/>
       <c r="D25" s="5"/>
       <c r="E25" s="5"/>
       <c r="F25" s="5"/>
       <c r="G25" s="5"/>
       <c r="H25" s="6"/>
       <c r="I25" s="6"/>
     </row>
-    <row r="26" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A26" s="5"/>
       <c r="B26" s="5"/>
       <c r="C26" s="5"/>
       <c r="D26" s="5"/>
       <c r="E26" s="5"/>
       <c r="F26" s="5"/>
       <c r="G26" s="5"/>
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
     </row>
-    <row r="27" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A27" s="34" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B27" s="35"/>
       <c r="C27" s="35"/>
       <c r="D27" s="26"/>
       <c r="E27" s="26"/>
       <c r="F27" s="26"/>
       <c r="G27" s="26"/>
       <c r="H27" s="27"/>
       <c r="I27" s="27"/>
     </row>
-    <row r="28" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A28" s="26"/>
       <c r="B28" s="26"/>
       <c r="C28" s="26"/>
       <c r="D28" s="26"/>
       <c r="E28" s="26"/>
       <c r="F28" s="26"/>
       <c r="G28" s="26"/>
       <c r="H28" s="27"/>
       <c r="I28" s="27"/>
     </row>
-    <row r="29" spans="1:10" ht="42" customHeight="1" x14ac:dyDescent="0.35">
-[...13 lines deleted...]
-    <row r="30" spans="1:10" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:10" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="58" t="s">
+        <v>80</v>
+      </c>
+      <c r="B29" s="58"/>
+      <c r="C29" s="58"/>
+      <c r="D29" s="58"/>
+      <c r="E29" s="58"/>
+      <c r="F29" s="58"/>
+      <c r="G29" s="58"/>
+      <c r="H29" s="58"/>
+      <c r="I29" s="58"/>
+      <c r="J29" s="58"/>
+    </row>
+    <row r="30" spans="1:10" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="24" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="24" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="31" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A31" s="24" t="s">
+    <row r="32" spans="1:10" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="77" t="s">
         <v>69</v>
       </c>
-    </row>
-[...26 lines deleted...]
-    <row r="34" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B32" s="77"/>
+      <c r="C32" s="77"/>
+      <c r="D32" s="77"/>
+      <c r="E32" s="77"/>
+      <c r="F32" s="77"/>
+      <c r="G32" s="77"/>
+      <c r="H32" s="77"/>
+      <c r="I32" s="77"/>
+    </row>
+    <row r="33" spans="1:10" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="78" t="s">
+        <v>78</v>
+      </c>
+      <c r="B33" s="79"/>
+      <c r="C33" s="79"/>
+      <c r="D33" s="79"/>
+      <c r="E33" s="79"/>
+      <c r="F33" s="79"/>
+      <c r="G33" s="79"/>
+      <c r="H33" s="79"/>
+      <c r="I33" s="79"/>
+    </row>
+    <row r="34" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A34" s="26"/>
       <c r="B34" s="26"/>
       <c r="C34" s="26"/>
       <c r="D34" s="26"/>
       <c r="E34" s="26"/>
       <c r="F34" s="26"/>
       <c r="G34" s="26"/>
       <c r="H34" s="27"/>
       <c r="I34" s="27"/>
     </row>
-    <row r="35" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A35" s="58" t="s">
+    <row r="35" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A35" s="52" t="s">
+        <v>70</v>
+      </c>
+      <c r="B35" s="53"/>
+      <c r="C35" s="53"/>
+      <c r="D35" s="53"/>
+      <c r="E35" s="53"/>
+      <c r="F35" s="54"/>
+      <c r="G35" s="61" t="s">
         <v>71</v>
       </c>
-      <c r="B35" s="59"/>
-[...4 lines deleted...]
-      <c r="G35" s="67" t="s">
+      <c r="H35" s="62"/>
+      <c r="I35" s="62"/>
+      <c r="J35" s="63"/>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A36" s="55"/>
+      <c r="B36" s="56"/>
+      <c r="C36" s="56"/>
+      <c r="D36" s="56"/>
+      <c r="E36" s="56"/>
+      <c r="F36" s="57"/>
+      <c r="G36" s="64"/>
+      <c r="H36" s="65"/>
+      <c r="I36" s="65"/>
+      <c r="J36" s="66"/>
+    </row>
+    <row r="37" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A37" s="52" t="s">
         <v>72</v>
       </c>
-      <c r="H35" s="68"/>
-[...16 lines deleted...]
-      <c r="A37" s="58" t="s">
+      <c r="B37" s="53"/>
+      <c r="C37" s="53"/>
+      <c r="D37" s="53"/>
+      <c r="E37" s="53"/>
+      <c r="F37" s="54"/>
+      <c r="G37" s="61" t="s">
         <v>73</v>
       </c>
-      <c r="B37" s="59"/>
-[...4 lines deleted...]
-      <c r="G37" s="67" t="s">
+      <c r="H37" s="62"/>
+      <c r="I37" s="62"/>
+      <c r="J37" s="63"/>
+    </row>
+    <row r="38" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A38" s="55"/>
+      <c r="B38" s="56"/>
+      <c r="C38" s="56"/>
+      <c r="D38" s="56"/>
+      <c r="E38" s="56"/>
+      <c r="F38" s="57"/>
+      <c r="G38" s="55"/>
+      <c r="H38" s="56"/>
+      <c r="I38" s="56"/>
+      <c r="J38" s="57"/>
+    </row>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A39" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="H37" s="68"/>
-[...32 lines deleted...]
-    <row r="46" spans="1:10" x14ac:dyDescent="0.35">
+    </row>
+    <row r="45" spans="1:10" ht="48.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="59"/>
+      <c r="B45" s="59"/>
+      <c r="C45" s="59"/>
+      <c r="D45" s="59"/>
+      <c r="E45" s="59"/>
+      <c r="F45" s="59"/>
+      <c r="G45" s="59"/>
+      <c r="H45" s="59"/>
+      <c r="I45" s="59"/>
+      <c r="J45" s="59"/>
+    </row>
+    <row r="46" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A46" s="24"/>
     </row>
-    <row r="47" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A47" s="24"/>
     </row>
-    <row r="48" spans="1:10" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A48" s="25"/>
     </row>
-    <row r="49" spans="1:1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A49" s="25"/>
     </row>
-    <row r="50" spans="1:1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A50" s="25"/>
     </row>
-    <row r="51" spans="1:1" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A51" s="25"/>
     </row>
   </sheetData>
   <mergeCells count="23">
-    <mergeCell ref="A38:F38"/>
-[...9 lines deleted...]
-    <mergeCell ref="A33:I33"/>
     <mergeCell ref="A29:J29"/>
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="H5:J5"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="H6:J6"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="B8:D8"/>
     <mergeCell ref="H8:J8"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="H9:J9"/>
+    <mergeCell ref="A38:F38"/>
+    <mergeCell ref="G38:J38"/>
+    <mergeCell ref="A45:J45"/>
+    <mergeCell ref="A32:I32"/>
+    <mergeCell ref="A35:F35"/>
+    <mergeCell ref="G35:J35"/>
+    <mergeCell ref="A36:F36"/>
+    <mergeCell ref="G36:J36"/>
+    <mergeCell ref="A37:F37"/>
+    <mergeCell ref="G37:J37"/>
+    <mergeCell ref="A33:I33"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B6DE26848FF3C4468E2F80D1E793DB91" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ddf0d09d0d9186518638bc351ff8f90b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1895dbd3-a648-47c9-a2ee-596543ab40f2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5fe67744df6c65a0e9ce4a9a7835a327" ns2:_="">
     <xsd:import namespace="1895dbd3-a648-47c9-a2ee-596543ab40f2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1895dbd3-a648-47c9-a2ee-596543ab40f2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
@@ -3375,103 +3390,88 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C27BD261-0A88-4636-A03B-B8B54489D8F1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF0E9E03-343A-4386-BF88-8840BFC38B8D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32EF614A-1D3E-413B-B0FF-8D86BBB0C02C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="1895dbd3-a648-47c9-a2ee-596543ab40f2"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF0E9E03-343A-4386-BF88-8840BFC38B8D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C27BD261-0A88-4636-A03B-B8B54489D8F1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1895dbd3-a648-47c9-a2ee-596543ab40f2"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{bad6f6f2-a951-4904-b531-92e1207fc7a5}" enabled="1" method="Standard" siteId="{b7be7686-6f97-4db7-9081-a23cf09a96b5}" removed="0"/>
   <clbl:label id="{bcf48bba-4d6f-4dee-a0d2-7df59cc36629}" enabled="0" method="" siteId="{bcf48bba-4d6f-4dee-a0d2-7df59cc36629}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>