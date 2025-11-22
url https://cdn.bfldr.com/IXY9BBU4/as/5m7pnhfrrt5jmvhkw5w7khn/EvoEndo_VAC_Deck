--- v0 (2025-10-04)
+++ v1 (2025-11-22)
@@ -1,145 +1,193 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" embedTrueTypeFonts="1" saveSubsetFonts="1" autoCompressPictures="0">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" embedTrueTypeFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483723" r:id="rId1"/>
+    <p:sldMasterId id="2147483741" r:id="rId2"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId23"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId24"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="258" r:id="rId2"/>
-[...6 lines deleted...]
-    <p:sldId id="311" r:id="rId9"/>
+    <p:sldId id="332" r:id="rId3"/>
+    <p:sldId id="331" r:id="rId4"/>
+    <p:sldId id="333" r:id="rId5"/>
+    <p:sldId id="329" r:id="rId6"/>
+    <p:sldId id="334" r:id="rId7"/>
+    <p:sldId id="324" r:id="rId8"/>
+    <p:sldId id="310" r:id="rId9"/>
     <p:sldId id="285" r:id="rId10"/>
     <p:sldId id="287" r:id="rId11"/>
     <p:sldId id="288" r:id="rId12"/>
     <p:sldId id="321" r:id="rId13"/>
-    <p:sldId id="291" r:id="rId14"/>
-[...7 lines deleted...]
-    <p:sldId id="2819" r:id="rId22"/>
+    <p:sldId id="335" r:id="rId14"/>
+    <p:sldId id="336" r:id="rId15"/>
+    <p:sldId id="2836" r:id="rId16"/>
+    <p:sldId id="337" r:id="rId17"/>
+    <p:sldId id="311" r:id="rId18"/>
+    <p:sldId id="339" r:id="rId19"/>
+    <p:sldId id="340" r:id="rId20"/>
+    <p:sldId id="341" r:id="rId21"/>
+    <p:sldId id="342" r:id="rId22"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:embeddedFontLst>
     <p:embeddedFont>
-      <p:font typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+      <p:font typeface="Nunito" pitchFamily="2" charset="77"/>
       <p:regular r:id="rId25"/>
       <p:bold r:id="rId26"/>
       <p:italic r:id="rId27"/>
       <p:boldItalic r:id="rId28"/>
     </p:embeddedFont>
     <p:embeddedFont>
-      <p:font typeface="Roboto Black" panose="02000000000000000000" pitchFamily="2" charset="0"/>
-      <p:bold r:id="rId29"/>
+      <p:font typeface="Nunito Light" pitchFamily="2" charset="77"/>
+      <p:regular r:id="rId29"/>
       <p:italic r:id="rId30"/>
-      <p:boldItalic r:id="rId31"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Nunito SemiBold" pitchFamily="2" charset="77"/>
+      <p:regular r:id="rId31"/>
+      <p:bold r:id="rId32"/>
+      <p:italic r:id="rId33"/>
+      <p:boldItalic r:id="rId34"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Outfit" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId35"/>
+      <p:bold r:id="rId36"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId37"/>
+      <p:bold r:id="rId38"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId39"/>
+      <p:bold r:id="rId40"/>
+      <p:italic r:id="rId41"/>
+      <p:boldItalic r:id="rId42"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="Roboto Black" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+      <p:bold r:id="rId43"/>
+      <p:italic r:id="rId44"/>
+      <p:boldItalic r:id="rId45"/>
     </p:embeddedFont>
   </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="1219170" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="2400" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="609585" algn="l" defTabSz="1219170" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="2400" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
@@ -227,82 +275,91 @@
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
     <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
 <p188:authorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p188="http://schemas.microsoft.com/office/powerpoint/2018/8/main">
   <p188:author id="{EB8FFD09-77B8-9D1D-9C3D-BAD2B21ABD3C}" name="Anne Harmon" initials="AH" userId="08fdee578631c79e" providerId="Windows Live"/>
   <p188:author id="{2FA57FC1-205E-DCEC-2F35-0B0C20CE4AA2}" name="Ridhima Sharma" initials="RS" userId="S::rsharma@evoendo.com::f61e2e59-bcb1-4baa-86e8-10f163de10d0" providerId="AD"/>
   <p188:author id="{F3E535D1-B072-4360-EC69-069DF543F40A}" name="Josh Goldberg" initials="JG" userId="S::jgoldberg@evoendo.com::4127c121-b5a7-4966-8da6-87be282991be" providerId="AD"/>
   <p188:author id="{0A454FEA-31D6-D373-4E7C-B2195B1ECC14}" name="Annie Harmon" initials="" userId="S::aharmon@evoendo.com::0dfde82a-6dff-4434-93ed-8008b4c08cb3" providerId="AD"/>
   <p188:author id="{B8772EFE-3900-EBE5-B089-877BDD4F2D14}" name="Paula Rocha" initials="PR" userId="S::procha@evoendo.com::b4642ae7-3c2d-415e-b310-3bbacc0de449" providerId="AD"/>
 </p188:authorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:clrMru>
+    <a:srgbClr val="3C6EFA"/>
+    <a:srgbClr val="5398D3"/>
     <a:srgbClr val="87C3E8"/>
-    <a:srgbClr val="3C6EFA"/>
     <a:srgbClr val="87C2E8"/>
-    <a:srgbClr val="5398D3"/>
     <a:srgbClr val="D11F2F"/>
     <a:srgbClr val="FC2953"/>
     <a:srgbClr val="FFFFFF"/>
     <a:srgbClr val="002E6C"/>
     <a:srgbClr val="8FC2E7"/>
     <a:srgbClr val="97C282"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
-</file>
-[...6 lines deleted...]
-</p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{D796BB55-CF61-41F8-90AC-518802F94060}">
   <a:tblStyle styleId="{D796BB55-CF61-41F8-90AC-518802F94060}" styleName="Table_0">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:font>
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:font>
         <a:srgbClr val="000000"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:wholeTbl>
     <a:band1H>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:band1H>
     <a:band2H>
@@ -354,101 +411,101 @@
       </a:tcStyle>
     </a:swCell>
     <a:firstRow>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:firstRow>
     <a:neCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:neCell>
     <a:nwCell>
       <a:tcTxStyle/>
       <a:tcStyle>
         <a:tcBdr/>
       </a:tcStyle>
     </a:nwCell>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="36390"/>
-    <p:restoredTop sz="83436"/>
+    <p:restoredLeft sz="15611"/>
+    <p:restoredTop sz="83401"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="86" d="100"/>
-          <a:sy n="86" d="100"/>
+          <a:sx n="106" d="100"/>
+          <a:sy n="106" d="100"/>
         </p:scale>
-        <p:origin x="248" y="864"/>
+        <p:origin x="1336" y="400"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId37" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId36" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.fntdata"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font18.fntdata"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId50" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.fntdata"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.fntdata"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font21.fntdata"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font20.fntdata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font19.fntdata"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.fntdata"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font17.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -501,51 +558,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{EE2DE845-5611-D74B-9F26-53A95DA738CE}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>4/17/24</a:t>
+              <a:t>9/10/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0661C34-4217-7135-A3DB-46A49AE8D706}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -597,51 +654,51 @@
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{637ED27B-45A4-584D-847D-80335A521045}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4284269746"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
 </p:handoutMaster>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 2"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -1042,245 +1099,843 @@
       <a:spcBef>
         <a:spcPts val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPts val="0"/>
       </a:spcAft>
       <a:buClr>
         <a:srgbClr val="000000"/>
       </a:buClr>
       <a:buFont typeface="Arial"/>
       <a:defRPr sz="1867" b="0" i="0" u="none" strike="noStrike" cap="none">
         <a:solidFill>
           <a:srgbClr val="000000"/>
         </a:solidFill>
         <a:latin typeface="Arial"/>
         <a:ea typeface="Arial"/>
         <a:cs typeface="Arial"/>
         <a:sym typeface="Arial"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{429A1A99-5F9C-72A3-7659-0A0A96E1357C}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D94580F-EC6A-32C3-485E-36D7017512FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D699A976-0181-EABC-8BF5-C95C8842C1ED}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="126092913"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0"/>
+              <a:t>EvoEndo® Sedation-Free TNE reduces the barriers to care for patients and increases access for a larger proportion of the treatment population, leading to better outcomes while improving clinician efficiency and decreasing risk.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="599289297"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2554167711"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="1" indent="0">
-[...4 lines deleted...]
-              <a:buChar char="•"/>
+            <a:pPr>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-[...40 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-US" i="1" dirty="0"/>
+              <a:t>The addition of EvoEndo® Sedation-Free TNE to existing GI service lines will provide new revenue opportunities and potentially make existing lines more efficient and profitable through improved resource allocation and management. These adjustments reduce patient backlogs and improve access to essential services throughout the division.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1282273633"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1412464050"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{277A0615-35F9-20D0-986F-D0D7ED00C284}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B453750-605D-66A6-52C2-E9F1A77A3FE9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30CAD202-B952-21BC-5CBA-4E4BCA839F6D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4187787748"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="158750" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1973448257"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77CD5160-CF8C-30AC-1A4C-9270CDB9EDCF}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2985EF9-4F7C-73C6-7990-FE5FF305ACB7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41E79145-DA47-5A21-05FB-C1DFA4FD576C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="158750" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="135639318"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0595D7DB-7776-0B37-C079-84BB8DB1B5C6}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A769DD7C-70A8-DD4C-52EB-2CB92E2D3D79}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DE6C2F1-0F26-53E2-FCBA-3CAD18934CDC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="158750" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1831282362"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50110DF6-17CC-39EB-9582-90E5540993B1}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A57F33D-D0BD-EC28-4A36-6573E0D38957}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D07BDD5-BB2D-B553-7F01-B00C6A40B3B8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="158750" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buSzPts val="1100"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2729528193"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4110019071"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1295,337 +1950,577 @@
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:pPr marL="0" lvl="1" indent="0">
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Courier New,monospace"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Limited steering capabilities</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="0">
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Courier New,monospace"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Too wide or too short</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="0">
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Courier New,monospace"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Lack integrated air, water, and suction</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="0">
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Courier New,monospace"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1">
+                <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Too large for patients with narrow nasal passages</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2055342201"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1282273633"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2915003543"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="574008130"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2088279637"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3617948081"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="715276596"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...1 lines deleted...]
-            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" i="1" dirty="0"/>
-              <a:t>EvoEndo® Sedation-Free TNE reduces the barriers to care for patients and increases access for a larger proportion of the treatment population, leading to better outcomes while improving clinician efficiency and decreasing risk.</a:t>
+              <a:t>The safety and convenience benefits of EvoEndo® Sedation-Free TNE lower barriers to care and allow patients and families to spend less time in the procedure room and more time enjoying the activities they love.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2554167711"/>
-[...138 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1008584528"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2055342201"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
+<file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14" name="Picture 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BB6D2CA-AADE-414E-F1AC-8FC0B966DD7C}"/>
@@ -1917,100 +2812,104 @@
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="51431" tIns="51431" rIns="51431" bIns="51431" anchor="t" anchorCtr="0">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-US" sz="600" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="CBCBCB"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
                   <a:ea typeface="Helvetica Neue"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:sym typeface="Helvetica Neue"/>
                 </a:rPr>
-                <a:t>© EvoEndo Inc. All Rights Reserved. </a:t>
+                <a:t>© </a:t>
               </a:r>
-              <a:br>
-                <a:rPr lang="en-US" sz="600" dirty="0">
+              <a:r>
+                <a:rPr lang="en-US" sz="600" dirty="0" err="1">
                   <a:solidFill>
                     <a:srgbClr val="CBCBCB"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
                   <a:ea typeface="Helvetica Neue"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:sym typeface="Helvetica Neue"/>
                 </a:rPr>
-              </a:br>
+                <a:t>EvoEndo</a:t>
+              </a:r>
               <a:r>
                 <a:rPr lang="en-US" sz="600" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="CBCBCB"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
                   <a:ea typeface="Helvetica Neue"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:sym typeface="Helvetica Neue"/>
                 </a:rPr>
-                <a:t>US: Rx Only. For use by trained physicians only. MKT-3 Rev 7.0 </a:t>
+                <a:t> Inc.® All Rights Reserved. </a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
-              <a:endParaRPr lang="en-US" sz="600" dirty="0">
-[...7 lines deleted...]
-              </a:endParaRPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="600" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="CBCBCB"/>
+                  </a:solidFill>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  <a:ea typeface="Helvetica Neue"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Helvetica Neue"/>
+                </a:rPr>
+                <a:t>US: Rx Only. For use by trained physicians only. MKT-3 Rev 8.0 </a:t>
+              </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr lang="en-US" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="CBCBCB"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Helvetica Neue"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:sym typeface="Helvetica Neue"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
@@ -2416,50 +3315,86 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="251791" y="330278"/>
             <a:ext cx="11670133" cy="586876"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 36" descr="Logo&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A68ACC5-E0F1-15FE-70A1-D89F977C4496}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10758905" y="270275"/>
+            <a:ext cx="1181304" cy="291075"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="655561114"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -3167,50 +4102,1115 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3033509533"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
+<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Section Header">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="002E6D"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDA51639-79EA-95BD-F6A7-5F9E0402B156}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1" y="6429823"/>
+            <a:ext cx="659388" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="13" name="Picture 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7856B72-D603-0262-1E9D-17A1F12A142E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:alphaModFix amt="15000"/>
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId3">
+                    <a14:imgEffect>
+                      <a14:colorTemperature colorTemp="8289"/>
+                    </a14:imgEffect>
+                    <a14:imgEffect>
+                      <a14:saturation sat="128000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10081550" y="5028565"/>
+            <a:ext cx="2110449" cy="1829436"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A817A05-4498-4531-8A97-F729F37BB10E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:alphaModFix amt="40000"/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-1" y="9905"/>
+            <a:ext cx="12191999" cy="6848091"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2209845811"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Title Only">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39C90357-7D2E-E7CA-3B1B-49E7F3371C01}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1" y="6429823"/>
+            <a:ext cx="659388" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 36" descr="Logo&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D2A8691-F6EA-0526-DE31-E79B75989813}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10758905" y="270275"/>
+            <a:ext cx="1181304" cy="291075"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1EBDE269-7BB4-4073-FAD3-D9828DC157BC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="372534" y="330278"/>
+            <a:ext cx="9922934" cy="586876"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1185472970"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="3_Title and Content">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2026C7D8-447F-EF21-170B-957144D97F61}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1" y="6429823"/>
+            <a:ext cx="659388" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 36" descr="Logo&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E9581AE-C69C-6ADB-0202-5A6E6B846C34}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10758905" y="270275"/>
+            <a:ext cx="1181304" cy="291075"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Google Shape;16;p2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C889B381-DD70-454E-2FCE-F4E75ED5765C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="489970" y="869340"/>
+            <a:ext cx="9353941" cy="393600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="0" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr lvl="0" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="85000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="5398D2"/>
+              </a:buClr>
+              <a:buSzPts val="1600"/>
+              <a:buFont typeface="Roboto"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="5398D2"/>
+                </a:solidFill>
+                <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Roboto"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr lvl="1" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2800"/>
+              <a:buNone/>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr lvl="2" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2800"/>
+              <a:buNone/>
+              <a:defRPr sz="2800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr lvl="3" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2800"/>
+              <a:buNone/>
+              <a:defRPr sz="2800"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr lvl="4" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2800"/>
+              <a:buNone/>
+              <a:defRPr sz="2800"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr lvl="5" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2800"/>
+              <a:buNone/>
+              <a:defRPr sz="2800"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr lvl="6" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2800"/>
+              <a:buNone/>
+              <a:defRPr sz="2800"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr lvl="7" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2800"/>
+              <a:buNone/>
+              <a:defRPr sz="2800"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr lvl="8" algn="ctr" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2800"/>
+              <a:buNone/>
+              <a:defRPr sz="2800"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master subtitle style</a:t>
+            </a:r>
+            <a:endParaRPr/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF2A31D3-6CA1-6322-4D5B-4F7282647053}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="372534" y="1570930"/>
+            <a:ext cx="11424356" cy="4784049"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{462798D0-B499-B2D6-C0FB-929343926971}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="372534" y="330278"/>
+            <a:ext cx="9922934" cy="586876"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="497345160"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="3_Title Slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8" descr="A white and grey background with white lines&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0EDE7DB-FC43-A76A-C505-C7C8ADB0E6CF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect r="11112"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Picture 10" descr="A blue and black logo&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62B5CE81-83B3-BBB2-34FE-E0A95A395C5E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="560378" y="469901"/>
+            <a:ext cx="2629284" cy="640750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="TextBox 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29C30B1F-2988-D14F-A1F2-893F64825630}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="469822" y="1718001"/>
+            <a:ext cx="8794048" cy="1938992"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="5400" b="0" i="0" spc="0" dirty="0">
+                <a:ln w="22225">
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>EvoEndo Single-Use</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="5400" b="0" i="0" spc="0" dirty="0">
+                <a:ln w="22225">
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Endoscopy System</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1445094998"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="2_Title and Content No Logo">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5C1B8A6-C3F7-EBCE-A04D-22A635AE996E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="372533" y="975896"/>
+            <a:ext cx="11469511" cy="5379083"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2026C7D8-447F-EF21-170B-957144D97F61}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1" y="6429823"/>
+            <a:ext cx="659388" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{919D4B4E-603C-CF7F-736C-468759E03EBC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="372534" y="330278"/>
+            <a:ext cx="10182578" cy="586876"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 36" descr="Logo&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E7E672A-A9A3-F8C8-94CC-C6B65330D541}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10758905" y="270275"/>
+            <a:ext cx="1181304" cy="291075"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="983529311"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Title and Content with E Logo">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5C1B8A6-C3F7-EBCE-A04D-22A635AE996E}"/>
               </a:ext>
             </a:extLst>
@@ -3398,50 +5398,118 @@
           <a:blip r:embed="rId3" cstate="screen">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10758905" y="270275"/>
             <a:ext cx="1181304" cy="291075"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1250808361"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank">
+  <p:cSld name="Blank">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{091C52EB-69D0-DEA2-36DF-B2CF16A47FF9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1" y="6429823"/>
+            <a:ext cx="659388" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3865255745"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="2_Title and Content No Logo">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3770,77 +5838,77 @@
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="251791" y="330278"/>
             <a:ext cx="11670133" cy="586876"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 36" descr="Logo&#10;&#10;Description automatically generated">
+          <p:cNvPr id="2" name="Picture 36" descr="Logo&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5B3E7B5-93E2-3287-5E67-F7EAD0445CA6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBC31E21-1EA0-CB1A-7E33-A71466D39F94}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="screen">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10758905" y="6429823"/>
+            <a:off x="10758905" y="270275"/>
             <a:ext cx="1181304" cy="291075"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3306165016"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="1_Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
@@ -4954,77 +7022,77 @@
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2800"/>
               <a:buNone/>
               <a:defRPr sz="2800"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Picture 36" descr="Logo&#10;&#10;Description automatically generated">
+          <p:cNvPr id="7" name="Picture 36" descr="Logo&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E9581AE-C69C-6ADB-0202-5A6E6B846C34}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7C39855-126E-FA6B-1301-70C560F00C7A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="screen">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10758905" y="6429823"/>
+            <a:off x="10758905" y="270275"/>
             <a:ext cx="1181304" cy="291075"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="554771040"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="Section Header">
     <p:bg>
       <p:bgPr>
@@ -5488,65 +7556,105 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="251791" y="330278"/>
             <a:ext cx="11670133" cy="586876"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 36" descr="Logo&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{827C4445-F72F-D6E2-3954-C634C105140C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10758905" y="270275"/>
+            <a:ext cx="1181304" cy="291075"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3929367287"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -5556,64 +7664,65 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{198625AB-F90C-DEBB-0E51-4681A0860DDC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1" y="6429823"/>
             <a:ext cx="659388" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1200">
+              <a:defRPr sz="1200" b="1" i="0">
                 <a:solidFill>
                   <a:schemeClr val="accent4"/>
                 </a:solidFill>
+                <a:latin typeface="Nunito SemiBold" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en"/>
+            <a:endParaRPr lang="en" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Google Shape;11;p1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41BD6C46-1108-2600-CDBB-0A943914FC66}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11002275" y="-413639"/>
             <a:ext cx="1282500" cy="292357"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -5643,151 +7752,155 @@
               </a:rPr>
               <a:t>Version 1.0</a:t>
             </a:r>
             <a:endParaRPr sz="700">
               <a:highlight>
                 <a:srgbClr val="FFC000"/>
               </a:highlight>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="12" name="Group 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F962C16E-1DD0-0EDF-C747-F40257DB57DA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="659388" y="6453330"/>
-[...2 lines deleted...]
-            <a:chExt cx="2992676" cy="219291"/>
+            <a:off x="659388" y="6484016"/>
+            <a:ext cx="3990235" cy="223291"/>
+            <a:chOff x="494541" y="4863004"/>
+            <a:chExt cx="2992676" cy="167468"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="13" name="Google Shape;10;p1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BF86D77-71CF-86ED-59EF-B367FC29E7E1}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="630167" y="4839997"/>
-              <a:ext cx="2857050" cy="219291"/>
+              <a:off x="630167" y="4863004"/>
+              <a:ext cx="2857050" cy="167468"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="51431" tIns="51431" rIns="51431" bIns="51431" anchor="t" anchorCtr="0">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="en-US" sz="600" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="CBCBCB"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
                   <a:ea typeface="Helvetica Neue"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:sym typeface="Helvetica Neue"/>
                 </a:rPr>
-                <a:t>© EvoEndo Inc. All Rights Reserved. </a:t>
+                <a:t>© </a:t>
               </a:r>
-              <a:br>
-                <a:rPr lang="en-US" sz="600" dirty="0">
+              <a:r>
+                <a:rPr lang="en-US" sz="600" dirty="0" err="1">
                   <a:solidFill>
                     <a:srgbClr val="CBCBCB"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
                   <a:ea typeface="Helvetica Neue"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:sym typeface="Helvetica Neue"/>
                 </a:rPr>
-              </a:br>
+                <a:t>EvoEndo</a:t>
+              </a:r>
               <a:r>
                 <a:rPr lang="en-US" sz="600" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="CBCBCB"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
                   <a:ea typeface="Helvetica Neue"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:sym typeface="Helvetica Neue"/>
                 </a:rPr>
-                <a:t>US: Rx Only. For use by trained physicians only. MKT-3 Rev 7.0 </a:t>
+                <a:t> Inc.® All Rights Reserved. </a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
-              <a:endParaRPr lang="en-US" sz="600" dirty="0">
-[...7 lines deleted...]
-              </a:endParaRPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="600" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="CBCBCB"/>
+                  </a:solidFill>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  <a:ea typeface="Helvetica Neue"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Helvetica Neue"/>
+                </a:rPr>
+                <a:t>US: Rx Only. For use by trained physicians only. MKT-3 Rev 8.0 </a:t>
+              </a:r>
             </a:p>
             <a:p>
               <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buNone/>
               </a:pPr>
               <a:endParaRPr lang="en-US" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="CBCBCB"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Helvetica Neue"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:sym typeface="Helvetica Neue"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
@@ -6313,1095 +8426,1638 @@
       <a:lvl8pPr marL="3200320" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657509" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...84 lines deleted...]
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Subtitle 6">
+          <p:cNvPr id="11" name="Google Shape;11;p1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B586136E-B4B9-6BF3-37CB-301C919A221B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41BD6C46-1108-2600-CDBB-0A943914FC66}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...4 lines deleted...]
-          </p:nvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="659389" y="5267704"/>
-            <a:ext cx="4680265" cy="857319"/>
+            <a:off x="11002275" y="-413639"/>
+            <a:ext cx="1282500" cy="292357"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="t" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:pPr marL="0" lvl="0" indent="0" algn="r" rtl="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en" sz="700">
+                <a:highlight>
+                  <a:srgbClr val="FFC000"/>
+                </a:highlight>
+              </a:rPr>
+              <a:t>Version 1.0</a:t>
+            </a:r>
+            <a:endParaRPr sz="700">
+              <a:highlight>
+                <a:srgbClr val="FFC000"/>
+              </a:highlight>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+          <p:cNvPr id="9" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{811275B7-D9E2-5135-BA90-89B396F26D46}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{859F5FFE-1745-6210-69CC-DC7D93680249}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="251791" y="975896"/>
+            <a:ext cx="11670133" cy="5379083"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="171450" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="750"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2100" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="514350" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="857250" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1500" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1200150" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1543050" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="1885950" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2228850" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="2571750" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="2914650" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2800"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F7681E9-21F6-413D-0C43-D71796557BF9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1" y="6429823"/>
+            <a:ext cx="659388" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="1200" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent4"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito SemiBold" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
           <a:p>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en" smtClean="0"/>
               <a:pPr/>
-              <a:t>1</a:t>
+              <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en"/>
+            <a:endParaRPr lang="en" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="3" name="Group 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{568560C5-3933-A7BA-C342-76912B333778}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="659388" y="6484016"/>
+            <a:ext cx="3990235" cy="223291"/>
+            <a:chOff x="494541" y="4863004"/>
+            <a:chExt cx="2992676" cy="167468"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="4" name="Google Shape;10;p1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BCE77989-2B69-8537-4D1C-31C2E65FBFFB}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="630167" y="4863004"/>
+              <a:ext cx="2857050" cy="167468"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="51431" tIns="51431" rIns="51431" bIns="51431" anchor="t" anchorCtr="0">
+              <a:noAutofit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buNone/>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="600" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="CBCBCB"/>
+                  </a:solidFill>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  <a:ea typeface="Helvetica Neue"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Helvetica Neue"/>
+                </a:rPr>
+                <a:t>© </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="600" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="CBCBCB"/>
+                  </a:solidFill>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  <a:ea typeface="Helvetica Neue"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Helvetica Neue"/>
+                </a:rPr>
+                <a:t>EvoEndo</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="600" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="CBCBCB"/>
+                  </a:solidFill>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  <a:ea typeface="Helvetica Neue"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Helvetica Neue"/>
+                </a:rPr>
+                <a:t> Inc.® All Rights Reserved. </a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buNone/>
+              </a:pPr>
+              <a:r>
+                <a:rPr lang="en-US" sz="600" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="CBCBCB"/>
+                  </a:solidFill>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  <a:ea typeface="Helvetica Neue"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Helvetica Neue"/>
+                </a:rPr>
+                <a:t>US: Rx Only. For use by trained physicians only. MKT-3 Rev 8.0 </a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+                <a:spcBef>
+                  <a:spcPts val="0"/>
+                </a:spcBef>
+                <a:spcAft>
+                  <a:spcPts val="0"/>
+                </a:spcAft>
+                <a:buNone/>
+              </a:pPr>
+              <a:endParaRPr lang="en-US" sz="600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="CBCBCB"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Helvetica Neue"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Helvetica Neue"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="5" name="Google Shape;7;p1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F15D8052-38B9-E00B-776E-D6301696FB57}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr preferRelativeResize="0"/>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId8" cstate="screen">
+              <a:duotone>
+                <a:prstClr val="black"/>
+                <a:schemeClr val="tx2">
+                  <a:tint val="45000"/>
+                  <a:satMod val="400000"/>
+                </a:schemeClr>
+              </a:duotone>
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="494541" y="4891820"/>
+              <a:ext cx="135626" cy="135626"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="991282853"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1421504978"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483746" r:id="rId1"/>
+    <p:sldLayoutId id="2147483745" r:id="rId2"/>
+    <p:sldLayoutId id="2147483744" r:id="rId3"/>
+    <p:sldLayoutId id="2147483743" r:id="rId4"/>
+    <p:sldLayoutId id="2147483742" r:id="rId5"/>
+    <p:sldLayoutId id="2147483747" r:id="rId6"/>
+  </p:sldLayoutIdLst>
+  <p:hf hdr="0" ftr="0" dt="0"/>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="3733" b="1" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:latin typeface="+mj-lt"/>
+          <a:ea typeface="+mj-ea"/>
+          <a:cs typeface="+mj-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="228594" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="685783" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1142971" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600160" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057349" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="100000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514537" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971726" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3428914" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886103" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="en-US"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457189" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914377" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371566" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828754" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2285943" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743131" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200320" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657509" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+</p:sldMaster>
+</file>
+
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.emf"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/jpr3.12025" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/376790857_Safety_and_Efficacy_of_a_Novel_Ultrathin_Gastroscope_for_Unsedated_Transnasal_Endoscopy_in_Children_and_Adults_for_Evaluation_of_Upper_Gastrointestinal_Disorders&#160;" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1002/jpr3.70047" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scientificarchives.com/article/a-case-series-of-rapid-resolution-of-pediatric-eosinophilic-esophagitis-with-dupilumab-treatment-as-demonstrated-by-sedation-free-transnasal-esophagoscopy-tn-eso" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/authored-by/Vaidy/Katherine" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/authored-by/Mackensen/Molly" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/authored-by/Oparaugo/Yonna" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/authored-by/Lee/Rose" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/jpn3.12154" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/journals/pediatrics/articles/10.3389/fped.2025.1630157/full" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.svg"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/articles/10.3389/fped.2023.1267148/full" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/376790857_Safety_and_Efficacy_of_a_Novel_Ultrathin_Gastroscope_for_Unsedated_Transnasal_Endoscopy_in_Children_and_Adults_for_Evaluation_of_Upper_Gastrointestinal_Disorders&#160;" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/jpr3.12025" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.evoendo.com/literature" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.evoendo.com/evoendo-literature-2025?hs_preview=gpPRLNCO-194525363574" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId3" cstate="print">
+            <a:lum/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect l="-6000" r="-6000"/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{787DB3FE-8C09-D331-5521-11295A29568D}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Subtitle 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41A11CE2-F2DB-E627-2066-E7A5909A2571}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1499790" y="5277390"/>
+            <a:ext cx="4223670" cy="530743"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457189" indent="0" algn="ctr" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914377" indent="0" algn="ctr" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371566" indent="0" algn="ctr" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828754" indent="0" algn="ctr" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2285943" indent="0" algn="ctr" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743131" indent="0" algn="ctr" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200320" indent="0" algn="ctr" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657509" indent="0" algn="ctr" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Value Analysis Presentation</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1" descr="A close up of a device&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A78ECDF6-2C2C-B2A8-1AEE-405F537BC1F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6885751" y="1839433"/>
+            <a:ext cx="4363491" cy="4363491"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="3" name="Straight Connector 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E75211B-4F8E-F33C-8478-5AAF5B7F8ED9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="1380487" y="5305100"/>
+            <a:ext cx="0" cy="381423"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="28575">
+            <a:solidFill>
+              <a:schemeClr val="accent4"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1900244168"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture 6" descr="Two people smiling&#10;&#10;Description automatically generated">
+          <p:cNvPr id="28" name="Picture 27" descr="A person and a child looking at a doctor&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A87024D-6141-2AFD-C141-0CCCE758C7DC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F61574A1-9CE3-0134-9F14-3BEF9785FCB7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3" cstate="screen">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect l="3865" r="3727"/>
+          <a:srcRect l="992" r="7118"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="0"/>
-            <a:ext cx="12192000" cy="6858000"/>
+            <a:off x="-31698" y="1"/>
+            <a:ext cx="12223697" cy="6914564"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Title 3">
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8872CFD-6FDE-3F39-7E0C-1209D6901E27}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E97FBC8F-8727-0D93-E2D8-95D61169EFBB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en" smtClean="0"/>
+              <a:pPr/>
+              <a:t>10</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70D107DD-4373-F53C-8517-9C437D82ADE1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
         <p:spPr>
+          <a:xfrm>
+            <a:off x="374904" y="330278"/>
+            <a:ext cx="11670133" cy="586876"/>
+          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...3 lines deleted...]
-              <a:t>Patient Benefits</a:t>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3800" spc="-50" dirty="0">
+                <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Healthcare Professional Benefits</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="35" name="Group 34">
+          <p:cNvPr id="24" name="Group 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{405673CE-A833-54DF-9379-5B064862A8E1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{224BDFF0-D7BB-C61A-0DB2-7019C1F41837}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="329693" y="4505912"/>
-[...2 lines deleted...]
-            <a:chExt cx="4743830" cy="1579027"/>
+            <a:off x="659388" y="6461079"/>
+            <a:ext cx="3990235" cy="292388"/>
+            <a:chOff x="494541" y="4845809"/>
+            <a:chExt cx="2992676" cy="219291"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="25" name="Google Shape;10;p1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF38DD57-A0E3-F761-EECD-A4DEB3FF894B}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="630167" y="4845809"/>
+              <a:ext cx="2857050" cy="219291"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="68575" tIns="68575" rIns="68575" bIns="68575" anchor="t" anchorCtr="0">
+              <a:noAutofit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" sz="600" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="CBCBCB"/>
+                  </a:solidFill>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  <a:ea typeface="Helvetica Neue"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Helvetica Neue"/>
+                </a:rPr>
+                <a:t>© EvoEndo Inc.® All Rights Reserved. </a:t>
+              </a:r>
+              <a:br>
+                <a:rPr lang="en-US" sz="600" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="CBCBCB"/>
+                  </a:solidFill>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  <a:ea typeface="Helvetica Neue"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Helvetica Neue"/>
+                </a:rPr>
+              </a:br>
+              <a:r>
+                <a:rPr lang="en-US" sz="600" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="CBCBCB"/>
+                  </a:solidFill>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  <a:ea typeface="Helvetica Neue"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Helvetica Neue"/>
+                </a:rPr>
+                <a:t>US: Rx Only. For use by trained physicians only. MKT-3 Rev 8.0 </a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:endParaRPr lang="en-US" sz="600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="CBCBCB"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Helvetica Neue"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Helvetica Neue"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="26" name="Google Shape;7;p1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1D05DF4-2886-62EB-D3DA-1E740CBC8A81}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr preferRelativeResize="0"/>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId4" cstate="screen">
+              <a:duotone>
+                <a:prstClr val="black"/>
+                <a:schemeClr val="tx2">
+                  <a:tint val="45000"/>
+                  <a:satMod val="400000"/>
+                </a:schemeClr>
+              </a:duotone>
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="494541" y="4891820"/>
+              <a:ext cx="135626" cy="135626"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="32" name="Picture 36" descr="Logo&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{656E06AC-0E94-E6D3-DE70-7E99F6F97384}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10758905" y="270275"/>
+            <a:ext cx="1181304" cy="291075"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="38" name="Group 37">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D477FA1-64AD-8838-D039-50BD6F9ACA11}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="512536" y="1336977"/>
+            <a:ext cx="5715251" cy="1284883"/>
+            <a:chOff x="267090" y="840181"/>
+            <a:chExt cx="4286438" cy="963662"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:grpSp>
           <p:nvGrpSpPr>
-            <p:cNvPr id="16" name="Group 15">
+            <p:cNvPr id="18" name="Group 17">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4F4B78F-2B6E-C0EF-027D-C362DE5F6791}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AA3E4DD-EE17-C2DE-2E4C-29571B021857}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
-              <a:off x="464037" y="3379611"/>
-[...2 lines deleted...]
-              <a:chExt cx="4527063" cy="1579027"/>
+              <a:off x="535900" y="840181"/>
+              <a:ext cx="4017628" cy="963662"/>
+              <a:chOff x="3979490" y="2861605"/>
+              <a:chExt cx="4017628" cy="963662"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
-              <p:cNvPr id="17" name="Content Placeholder 1">
+              <p:cNvPr id="20" name="Content Placeholder 1">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{257B7F70-B56E-53A4-32CD-5B9F91B0F12E}"/>
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F75BFCC4-C901-7CE5-7A8C-26D81E6E9B27}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1">
                 <a:spLocks/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
-                <a:off x="3907627" y="3136525"/>
-[...726 lines deleted...]
-                <a:off x="3907627" y="3136525"/>
+                <a:off x="3990755" y="3219660"/>
                 <a:ext cx="4006363" cy="605607"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
             </p:spPr>
             <p:txBody>
               <a:bodyPr lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t">
                 <a:noAutofit/>
               </a:bodyPr>
               <a:lstStyle>
                 <a:lvl1pPr marL="171450" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
                   <a:lnSpc>
                     <a:spcPct val="100000"/>
                   </a:lnSpc>
                   <a:spcBef>
                     <a:spcPts val="750"/>
                   </a:spcBef>
                   <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:buChar char="•"/>
                   <a:defRPr sz="2100" kern="1200">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
@@ -7539,1364 +10195,232 @@
                   <a:lnSpc>
                     <a:spcPct val="90000"/>
                   </a:lnSpc>
                   <a:spcBef>
                     <a:spcPts val="375"/>
                   </a:spcBef>
                   <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:buChar char="•"/>
                   <a:defRPr sz="1350" kern="1200">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:lvl9pPr>
               </a:lstStyle>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="400"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600"/>
-                  <a:t>No needles, no anesthesia. </a:t>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>More procedures in less time</a:t>
                 </a:r>
               </a:p>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="400"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600"/>
-                  <a:t>No risk of infection from cross-contamination.</a:t>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>No waiting for scope reprocessing and repairs </a:t>
                 </a:r>
-                <a:endParaRPr lang="en-US" sz="1600">
-[...2 lines deleted...]
-                </a:endParaRPr>
+              </a:p>
+              <a:p>
+                <a:pPr>
+                  <a:spcBef>
+                    <a:spcPts val="400"/>
+                  </a:spcBef>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Easy to operate, small footprint, highly portable</a:t>
+                </a:r>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
-              <p:cNvPr id="11" name="TextBox 10">
+              <p:cNvPr id="21" name="TextBox 20">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A04479F-CE8F-5389-7CAC-EA863D0C0584}"/>
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4403E831-DD0B-43A3-CD4C-C017E14F4A70}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
-                <a:off x="3979490" y="2785405"/>
-                <a:ext cx="1036031" cy="461665"/>
+                <a:off x="3979490" y="2861605"/>
+                <a:ext cx="1864400" cy="369332"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square" lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="1800"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="3200" b="1">
+                  <a:rPr lang="en-US" b="1" dirty="0">
                     <a:solidFill>
                       <a:srgbClr val="5398D3"/>
                     </a:solidFill>
-                    <a:latin typeface="Arial"/>
-[...1144 lines deleted...]
-                    <a:latin typeface="Arial"/>
+                    <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
                     <a:cs typeface="Arial"/>
                   </a:rPr>
                   <a:t>Efficiency</a:t>
                 </a:r>
-                <a:endParaRPr lang="en-US" b="1">
+                <a:endParaRPr lang="en-US" b="1" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="5398D3"/>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="33" name="Picture 25" descr="Icon&#10;&#10;Description automatically generated">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{429C006A-F0A8-6250-995B-498C01A892D4}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId6" cstate="screen">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
-              <a:off x="249162" y="815733"/>
+              <a:off x="267090" y="893436"/>
               <a:ext cx="267526" cy="267526"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="37" name="Group 36">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4DC84F8-EC29-543E-0F0E-36277A9B70B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="351269" y="2581551"/>
-[...2 lines deleted...]
-            <a:chExt cx="4206948" cy="1312329"/>
+            <a:off x="507525" y="2836787"/>
+            <a:ext cx="5717712" cy="1749772"/>
+            <a:chOff x="263332" y="1936163"/>
+            <a:chExt cx="4288284" cy="1312329"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="13" name="Group 12">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9EFE6B04-85D1-2E4D-66C1-0726A1D01702}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
-              <a:off x="464037" y="1936163"/>
-[...2 lines deleted...]
-              <a:chExt cx="4006363" cy="1312329"/>
+              <a:off x="535899" y="1936163"/>
+              <a:ext cx="4015717" cy="1312329"/>
+              <a:chOff x="3979489" y="2785405"/>
+              <a:chExt cx="4015717" cy="1312329"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="15" name="Content Placeholder 1">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E4DB72B-D025-198E-0109-EA6C1FAABFF1}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1">
                 <a:spLocks/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
-                <a:off x="3907627" y="3136526"/>
+                <a:off x="3988843" y="3136526"/>
                 <a:ext cx="4006363" cy="961208"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
             </p:spPr>
             <p:txBody>
               <a:bodyPr lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t">
                 <a:noAutofit/>
               </a:bodyPr>
               <a:lstStyle>
                 <a:lvl1pPr marL="171450" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
                   <a:lnSpc>
                     <a:spcPct val="100000"/>
                   </a:lnSpc>
                   <a:spcBef>
                     <a:spcPts val="750"/>
                   </a:spcBef>
                   <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:buChar char="•"/>
                   <a:defRPr sz="2100" kern="1200">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
@@ -9034,244 +10558,259 @@
                   <a:lnSpc>
                     <a:spcPct val="90000"/>
                   </a:lnSpc>
                   <a:spcBef>
                     <a:spcPts val="375"/>
                   </a:spcBef>
                   <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:buChar char="•"/>
                   <a:defRPr sz="1350" kern="1200">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:lvl9pPr>
               </a:lstStyle>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="400"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600"/>
-                  <a:t>Faster time to diagnosis.</a:t>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Faster time to diagnosis</a:t>
                 </a:r>
               </a:p>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="400"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600"/>
-                  <a:t>Better access and fewer barriers to care for patients. </a:t>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Better access and fewer barriers to care for patients </a:t>
                 </a:r>
               </a:p>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="400"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600"/>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
                   <a:t>Well-tolerated by the majority of patients with a</a:t>
                 </a:r>
                 <a:br>
-                  <a:rPr lang="en-US" sz="1600"/>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
                 </a:br>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600"/>
-                  <a:t>94% - 98% success rate.</a:t>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>94–98% success rate </a:t>
                 </a:r>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600" baseline="30000"/>
+                  <a:rPr lang="en-US" sz="1400" baseline="30000" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
                   <a:t>6,8,10 </a:t>
                 </a:r>
               </a:p>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="400"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600"/>
-                  <a:t>Increases patient compliance. </a:t>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Increases patient compliance </a:t>
                 </a:r>
-                <a:endParaRPr lang="en-US" sz="1600">
+                <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
                   <a:cs typeface="Arial"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="16" name="TextBox 15">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B97F5107-E3D0-CFB7-2150-CF002732ECD4}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="3979489" y="2785405"/>
-                <a:ext cx="3615609" cy="461665"/>
+                <a:ext cx="3615609" cy="369332"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square" lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="1800"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="3200" b="1">
+                  <a:rPr lang="en-US" b="1" dirty="0">
                     <a:solidFill>
                       <a:srgbClr val="5398D3"/>
                     </a:solidFill>
-                    <a:latin typeface="Arial"/>
+                    <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
                     <a:cs typeface="Arial"/>
                   </a:rPr>
                   <a:t>Improved Outcomes</a:t>
                 </a:r>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="34" name="Picture 10" descr="Icon&#10;&#10;Description automatically generated">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E6EBDAD-5465-66B8-57FB-302BCD7860BF}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId7" cstate="screen">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
-              <a:off x="263452" y="1990101"/>
+              <a:off x="263332" y="1990101"/>
               <a:ext cx="267526" cy="270052"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="36" name="Group 35">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF51378C-DF44-6D14-65F3-1B5DD2782664}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="343298" y="4727568"/>
-[...2 lines deleted...]
-            <a:chExt cx="4212927" cy="1086469"/>
+            <a:off x="487522" y="4857679"/>
+            <a:ext cx="5713652" cy="1448625"/>
+            <a:chOff x="248329" y="3545675"/>
+            <a:chExt cx="4285239" cy="1086469"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="8" name="Group 7">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B6349A3-20EE-77C6-EDCA-E66666E1C922}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
-              <a:off x="464037" y="3545675"/>
+              <a:off x="527205" y="3545675"/>
               <a:ext cx="4006363" cy="1086469"/>
-              <a:chOff x="3907627" y="2785405"/>
+              <a:chOff x="3970795" y="2785405"/>
               <a:chExt cx="4006363" cy="1086469"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="10" name="Content Placeholder 1">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F67843D-748B-B772-0B7F-FCC5F5E7F319}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1">
                 <a:spLocks/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
-                <a:off x="3907627" y="3136526"/>
+                <a:off x="3970795" y="3136526"/>
                 <a:ext cx="4006363" cy="735348"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
             </p:spPr>
             <p:txBody>
               <a:bodyPr lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t">
                 <a:noAutofit/>
               </a:bodyPr>
               <a:lstStyle>
                 <a:lvl1pPr marL="171450" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
                   <a:lnSpc>
                     <a:spcPct val="100000"/>
                   </a:lnSpc>
                   <a:spcBef>
                     <a:spcPts val="750"/>
                   </a:spcBef>
                   <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:buChar char="•"/>
                   <a:defRPr sz="2100" kern="1200">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
@@ -9409,165 +10948,169 @@
                   <a:lnSpc>
                     <a:spcPct val="90000"/>
                   </a:lnSpc>
                   <a:spcBef>
                     <a:spcPts val="375"/>
                   </a:spcBef>
                   <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:buChar char="•"/>
                   <a:defRPr sz="1350" kern="1200">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:lvl9pPr>
               </a:lstStyle>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="400"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600"/>
-                  <a:t>Reduces complication potential related to anesthesia. </a:t>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Reduces complication potential related to anesthesia </a:t>
                 </a:r>
               </a:p>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="400"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600"/>
-                  <a:t>Eliminates cross-contamination risk from scope reprocessing. </a:t>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Eliminates cross-contamination risk from scope reprocessing </a:t>
                 </a:r>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="11" name="TextBox 10">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBB7E159-73D2-5F1B-B1F8-7D74CAE7FB6F}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="3979490" y="2785405"/>
                 <a:ext cx="1864400" cy="346249"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="1800"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" b="1">
+                  <a:rPr lang="en-US" b="1" dirty="0">
                     <a:solidFill>
                       <a:srgbClr val="5398D3"/>
                     </a:solidFill>
-                    <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                    <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
                     <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   </a:rPr>
                   <a:t>Risk Mitigation</a:t>
                 </a:r>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="35" name="Picture 32" descr="Icon&#10;&#10;Description automatically generated">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB46D307-E315-4565-26EE-7E5D9DC8DF16}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId8" cstate="screen">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
-              <a:off x="257473" y="3598591"/>
+              <a:off x="248329" y="3580543"/>
               <a:ext cx="267526" cy="267526"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3610370068"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="28" name="Picture 27">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{552E249F-0986-E446-4C2D-5A67DF920458}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -9599,149 +11142,151 @@
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E97FBC8F-8727-0D93-E2D8-95D61169EFBB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en" smtClean="0"/>
               <a:pPr/>
-              <a:t>12</a:t>
+              <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="en"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8872CFD-6FDE-3F39-7E0C-1209D6901E27}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="251791" y="330278"/>
+            <a:off x="374904" y="330278"/>
             <a:ext cx="11670133" cy="586876"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" sz="3800" dirty="0">
+                <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+              </a:rPr>
               <a:t>Healthcare System Benefits</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="30" name="Group 29">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C12DC90B-F85F-3FBB-BAB5-03FB54635E59}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="409281" y="1044404"/>
-[...2 lines deleted...]
-            <a:chExt cx="5742147" cy="1062919"/>
+            <a:off x="491681" y="1268972"/>
+            <a:ext cx="7766628" cy="1417225"/>
+            <a:chOff x="278280" y="859373"/>
+            <a:chExt cx="5824971" cy="1062919"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="8" name="Group 7">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB9F85D6-2DEC-5689-C45A-62E6EE200A49}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
-              <a:off x="464036" y="859373"/>
+              <a:off x="518180" y="859373"/>
               <a:ext cx="5585071" cy="1062919"/>
-              <a:chOff x="3907626" y="2785405"/>
+              <a:chOff x="3961770" y="2785405"/>
               <a:chExt cx="5585071" cy="1062919"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="9" name="Content Placeholder 1">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35C48656-863C-35B0-0F5E-122C712018EB}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1">
                 <a:spLocks/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
-                <a:off x="3907626" y="3136525"/>
+                <a:off x="3961770" y="3136525"/>
                 <a:ext cx="5585071" cy="711799"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
             </p:spPr>
             <p:txBody>
               <a:bodyPr lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t">
                 <a:noAutofit/>
               </a:bodyPr>
               <a:lstStyle>
                 <a:lvl1pPr marL="171450" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
                   <a:lnSpc>
                     <a:spcPct val="100000"/>
                   </a:lnSpc>
                   <a:spcBef>
                     <a:spcPts val="750"/>
                   </a:spcBef>
                   <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:buChar char="•"/>
                   <a:defRPr sz="2100" kern="1200">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
@@ -9879,219 +11424,225 @@
                   <a:lnSpc>
                     <a:spcPct val="90000"/>
                   </a:lnSpc>
                   <a:spcBef>
                     <a:spcPts val="375"/>
                   </a:spcBef>
                   <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:buChar char="•"/>
                   <a:defRPr sz="1350" kern="1200">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:lvl9pPr>
               </a:lstStyle>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="400"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600"/>
-                  <a:t>Adds additional revenue stream via increased procedural throughput.</a:t>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Adds additional revenue stream via increased procedural throughput</a:t>
                 </a:r>
               </a:p>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="400"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600"/>
-                  <a:t>Reduces total cost of ownership. </a:t>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Reduces total cost of ownership</a:t>
                 </a:r>
               </a:p>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="400"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600"/>
-                  <a:t>Stabilizes operational budget expenditures.</a:t>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Stabilizes operational budget expenditures</a:t>
                 </a:r>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="11" name="TextBox 10">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A04479F-CE8F-5389-7CAC-EA863D0C0584}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="3979490" y="2785405"/>
                 <a:ext cx="3222061" cy="346249"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="1800"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" b="1">
+                  <a:rPr lang="en-US" b="1" dirty="0">
                     <a:solidFill>
                       <a:srgbClr val="5398D3"/>
                     </a:solidFill>
-                    <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                    <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
                     <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   </a:rPr>
                   <a:t>Improved Economics</a:t>
                 </a:r>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="18" name="Picture 11" descr="Icon&#10;&#10;Description automatically generated">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90B3E03D-39C4-FB77-4793-DBC3B99247F8}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId4" cstate="screen">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
-              <a:off x="306960" y="962565"/>
-              <a:ext cx="207837" cy="193056"/>
+              <a:off x="278280" y="925840"/>
+              <a:ext cx="228621" cy="212362"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="31" name="Group 30">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41513775-BA75-BF82-F5F7-C241D79A65A0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="348451" y="2610775"/>
-[...2 lines deleted...]
-            <a:chExt cx="5914379" cy="1532945"/>
+            <a:off x="428222" y="2864218"/>
+            <a:ext cx="8010932" cy="2043927"/>
+            <a:chOff x="230686" y="2031412"/>
+            <a:chExt cx="6008199" cy="1532945"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="12" name="Group 11">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{721C880E-E681-5B10-9981-7C9B88E1B004}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
-              <a:off x="464037" y="2031412"/>
+              <a:off x="527205" y="2031412"/>
               <a:ext cx="5711680" cy="1532945"/>
-              <a:chOff x="3907627" y="2785405"/>
+              <a:chOff x="3970795" y="2785405"/>
               <a:chExt cx="5711680" cy="1532945"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="13" name="Content Placeholder 1">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11E4668E-22B9-43DC-566A-8C794E84C1EE}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1">
                 <a:spLocks/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
-                <a:off x="3907627" y="3136526"/>
+                <a:off x="3970795" y="3136526"/>
                 <a:ext cx="5711680" cy="1181824"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
             </p:spPr>
             <p:txBody>
               <a:bodyPr lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t">
                 <a:noAutofit/>
               </a:bodyPr>
               <a:lstStyle>
                 <a:lvl1pPr marL="171450" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
                   <a:lnSpc>
                     <a:spcPct val="100000"/>
                   </a:lnSpc>
                   <a:spcBef>
                     <a:spcPts val="750"/>
                   </a:spcBef>
                   <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:buChar char="•"/>
                   <a:defRPr sz="2100" kern="1200">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
@@ -10229,245 +11780,256 @@
                   <a:lnSpc>
                     <a:spcPct val="90000"/>
                   </a:lnSpc>
                   <a:spcBef>
                     <a:spcPts val="375"/>
                   </a:spcBef>
                   <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:buChar char="•"/>
                   <a:defRPr sz="1350" kern="1200">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:lvl9pPr>
               </a:lstStyle>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="400"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600"/>
-                  <a:t>Frees up OR-based treatment areas for higher-margin procedures. </a:t>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Frees up OR-based treatment areas for higher-margin procedures </a:t>
                 </a:r>
               </a:p>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="400"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600"/>
-                  <a:t>Reduces procedural backlogs. </a:t>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Reduces procedural backlogs</a:t>
                 </a:r>
               </a:p>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="400"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600"/>
-                  <a:t>Improves patient no-show rates by decreasing wait times.</a:t>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Improves patient no-show rates by decreasing wait times</a:t>
                 </a:r>
               </a:p>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="400"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600"/>
-                  <a:t>Eliminates staff downtime for reprocessing or repair of reusable scopes.  </a:t>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Eliminates staff downtime for reprocessing or repair of reusable scopes  </a:t>
                 </a:r>
               </a:p>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="400"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600"/>
-                  <a:t>Reduces staff required to support the same volume of procedures.</a:t>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Reduces staff required to support the same volume of procedures</a:t>
                 </a:r>
-                <a:endParaRPr lang="en-US" sz="1600">
+                <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
                   <a:cs typeface="Arial"/>
                 </a:endParaRPr>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="15" name="TextBox 14">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC41EC02-C02D-59AE-A053-268C2B69943C}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="3979489" y="2785405"/>
                 <a:ext cx="4352623" cy="346249"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="1800"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" b="1">
+                  <a:rPr lang="en-US" b="1" dirty="0">
                     <a:solidFill>
                       <a:srgbClr val="5398D3"/>
                     </a:solidFill>
-                    <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                    <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
                     <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   </a:rPr>
                   <a:t>Better Resource Management</a:t>
                 </a:r>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="21" name="Picture 27" descr="A picture containing text, plate, tableware, dishware&#10;&#10;Description automatically generated">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F3EE8BC-9200-9DBB-B2AA-551F5A2FA3A8}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId5" cstate="screen">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
-              <a:off x="261338" y="2102495"/>
-              <a:ext cx="247271" cy="249793"/>
+              <a:off x="230686" y="2053909"/>
+              <a:ext cx="271999" cy="274772"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="32" name="Group 31">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91F46756-E748-CAC4-091F-CC802C0A3642}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="416500" y="4837930"/>
-[...2 lines deleted...]
-            <a:chExt cx="5863342" cy="1037645"/>
+            <a:off x="512128" y="4908495"/>
+            <a:ext cx="7188409" cy="1383527"/>
+            <a:chOff x="293616" y="3689285"/>
+            <a:chExt cx="5391307" cy="1037645"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="16" name="Group 15">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4F4B78F-2B6E-C0EF-027D-C362DE5F6791}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGrpSpPr/>
             <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
-              <a:off x="464037" y="3689285"/>
-[...2 lines deleted...]
-              <a:chExt cx="5711680" cy="1037645"/>
+              <a:off x="518181" y="3689285"/>
+              <a:ext cx="5166742" cy="1037645"/>
+              <a:chOff x="3961771" y="2785405"/>
+              <a:chExt cx="5166742" cy="1037645"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="17" name="Content Placeholder 1">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{257B7F70-B56E-53A4-32CD-5B9F91B0F12E}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1">
                 <a:spLocks/>
               </p:cNvSpPr>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
-                <a:off x="3907627" y="3136526"/>
-                <a:ext cx="5711680" cy="686524"/>
+                <a:off x="3961771" y="3136526"/>
+                <a:ext cx="5166742" cy="686524"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
             </p:spPr>
             <p:txBody>
               <a:bodyPr lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t">
                 <a:noAutofit/>
               </a:bodyPr>
               <a:lstStyle>
                 <a:lvl1pPr marL="171450" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
                   <a:lnSpc>
                     <a:spcPct val="100000"/>
                   </a:lnSpc>
                   <a:spcBef>
                     <a:spcPts val="750"/>
                   </a:spcBef>
                   <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:buChar char="•"/>
                   <a:defRPr sz="2100" kern="1200">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
@@ -10604,16130 +12166,2153 @@
                   <a:lnSpc>
                     <a:spcPct val="90000"/>
                   </a:lnSpc>
                   <a:spcBef>
                     <a:spcPts val="375"/>
                   </a:spcBef>
                   <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:buChar char="•"/>
                   <a:defRPr sz="1350" kern="1200">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:lvl9pPr>
               </a:lstStyle>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="400"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600"/>
-                  <a:t>Low capital costs and minimal start-up costs enable rapid program expansion. </a:t>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Low capital costs and minimal start-up costs enable rapid program expansion </a:t>
                 </a:r>
               </a:p>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="400"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" sz="1600"/>
-                  <a:t>System portability can transform underutilized spaces into revenue-generating procedure sites.</a:t>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>System portability can transform underutilized spaces into revenue-generating procedure sites</a:t>
                 </a:r>
               </a:p>
             </p:txBody>
           </p:sp>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="19" name="TextBox 18">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46D22736-D3AC-A578-6C9A-3C1DB2C66364}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="3979490" y="2785405"/>
                 <a:ext cx="1864400" cy="346249"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="square">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:spcBef>
                     <a:spcPts val="1800"/>
                   </a:spcBef>
                 </a:pPr>
                 <a:r>
-                  <a:rPr lang="en-US" b="1">
+                  <a:rPr lang="en-US" b="1" dirty="0">
                     <a:solidFill>
                       <a:srgbClr val="5398D3"/>
                     </a:solidFill>
-                    <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                    <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
                     <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   </a:rPr>
                   <a:t>Scalability</a:t>
                 </a:r>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="27" name="Picture 26" descr="A picture containing text, tableware, dishware, plate&#10;&#10;Description automatically generated">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22C48482-2782-0EB1-9C4F-BB41C1D919FF}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
             <a:blip r:embed="rId6" cstate="screen">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
-              <a:off x="312375" y="3775145"/>
-              <a:ext cx="192302" cy="215593"/>
+              <a:off x="293616" y="3737293"/>
+              <a:ext cx="211532" cy="237152"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
       </p:grpSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="29" name="Picture 36">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0ECC50EF-61E3-581D-598A-7F9A58C8A424}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7" cstate="screen">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10758905" y="272290"/>
             <a:ext cx="1181304" cy="287045"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2541724936"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A12B473C-89B9-3873-0B93-E90578D352C4}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Round Diagonal Corner Rectangle 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{357DD4B9-7F76-9F1B-0C36-241E182552C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6436016" y="2649073"/>
+            <a:ext cx="5120255" cy="1402145"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="DBEDF7"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Picture 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6A7BD1C-5555-FE91-56AC-37A19B8AE505}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:alphaModFix amt="15000"/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect r="4909" b="20925"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8391646" y="3681390"/>
+            <a:ext cx="3820048" cy="3176610"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Round Diagonal Corner Rectangle 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E8679BD-FB1D-59D0-427F-BF8CCDAE83BD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6436019" y="1079559"/>
+            <a:ext cx="5120255" cy="1402146"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="DBEDF7"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Round Diagonal Corner Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87FDC498-2DCE-0E62-3432-B7FC5C94721B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="516170" y="1079559"/>
+            <a:ext cx="5592544" cy="2971659"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="DBEDF7"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93F1F7F3-3E07-122D-DC14-FEC217A8EE85}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en" smtClean="0"/>
+              <a:pPr/>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Title 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B5CBA22-2837-E31D-3411-B5034FABDB22}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="372534" y="330278"/>
+            <a:ext cx="11016932" cy="586876"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6C"/>
+                </a:solidFill>
+                <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Implementation Value with the EvoEndo System</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002E6C"/>
+              </a:solidFill>
+              <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15B8E099-F620-8F9D-716E-A02AA8653BBF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="790833" y="1264375"/>
+            <a:ext cx="5058505" cy="2600712"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito SemiBold" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Clinical Support &amp; Training</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>In-service training on TNE and the EvoEndo System</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Head model and demo equipment for practice</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Detailed instructions, workbooks, videos, and checklists</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Guidance on preparing patients and families </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Onsite support for first cases</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>TNEase</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" baseline="30000" dirty="0" err="1">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>TM</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" i="1" baseline="30000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Scoring System for measuring success </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Visiting Physician Program for peer training and support</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Network of KOLs and TNE providers</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>User group for collaboration and support</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Educational webinars </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="TextBox 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B899A79-B736-4C8B-C767-B9991346211C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6730167" y="2789405"/>
+            <a:ext cx="4390513" cy="1092607"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito SemiBold" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Program Launch &amp; Expansion</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Patient education website, materials, and videos</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Recruiting tools and templates</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Digital marketing templates and best practices</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="TextBox 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6E31E90-0FDD-59C4-ABA6-C84921C4F450}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6675318" y="4310527"/>
+            <a:ext cx="4622127" cy="2172390"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPts val="1660"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1300" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>“The EvoEndo team was incredible in brainstorming ways for our group to provide even more high-value care to our patients. They worked diligently with our administration to implement an accessible cart for mobile use of the EvoEndo System. This has been revolutionary, allowing us to provide care in the emergency department, ICU, and  on the inpatient wards more easily.”</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent6"/>
+              </a:solidFill>
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito SemiBold" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>— PAUL TRAN, MD</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Pediatric Gastroenterologist</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Round Diagonal Corner Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F51F1737-EB58-E392-1F3C-F1A55ACDC95C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="516170" y="4237086"/>
+            <a:ext cx="5592544" cy="1987724"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="DBEDF7"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4755152A-4403-87E9-FDBC-68A6EA9CB830}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="790833" y="4446975"/>
+            <a:ext cx="5305167" cy="1523494"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito SemiBold" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Business Planning</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Reimbursement and chargemaster resources</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Preparation materials for your Value Analysis Committee</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Models for estimating economic value</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Program start-up checklist and templates</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Library of evidence-based literature and scientific abstracts</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3CEED67-F021-D44E-C2F2-9911AF024B59}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6730166" y="1242997"/>
+            <a:ext cx="4390513" cy="1092607"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito SemiBold" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Implementation Planning</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Materials for preparing your site and equipment</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Best practices for TNE methods and staffing</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Procedure workflow suggestions, tips, and tricks</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1075943224"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Title 3">
-[...30 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{590FC5E9-F99C-26D3-64DF-C9AAE7D69988}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en" smtClean="0"/>
               <a:pPr/>
               <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="en"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Subtitle 1">
+          <p:cNvPr id="4" name="Title 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1E4488A-AF3D-D64E-4A13-8896C7CCF9CE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AAB16AB3-5260-67B1-7610-9F44D7598645}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="subTitle" idx="13"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
-[...6 lines deleted...]
-              <a:t>Our account management and clinical teams will be with you step by step as you integrate this technology into your practice. </a:t>
+            <a:r>
+              <a:rPr lang="en-US" sz="3800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Coding and Reimbursement Support</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2050" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0819FCD2-AE48-C331-7B31-55CC22A3ED65}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1754482" y="1202384"/>
+            <a:ext cx="2533705" cy="3279091"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="172234" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
+              <a:prstClr val="black">
+                <a:alpha val="22000"/>
+              </a:prstClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2052" name="Picture 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5CE0C1B-4BC2-9833-6832-C87A9386D090}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="756925" y="2758662"/>
+            <a:ext cx="2533705" cy="3279091"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="172234" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
+              <a:prstClr val="black">
+                <a:alpha val="22000"/>
+              </a:prstClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2060" name="Picture 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA75ECEC-D331-F8F1-B829-9AD71E776F25}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2985355" y="2212767"/>
+            <a:ext cx="2533705" cy="3279091"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:effectLst>
+            <a:outerShdw blurRad="172234" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
+              <a:prstClr val="black">
+                <a:alpha val="22000"/>
+              </a:prstClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="TextBox 5">
+          <p:cNvPr id="2" name="TextBox 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{299FBE24-0E49-063E-2CE4-9C7172F0BBFB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DECE20E2-B96B-0DF1-199D-93D70F6DD966}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm rot="-10800000" flipV="1">
-[...1 lines deleted...]
-            <a:ext cx="10408021" cy="369332"/>
+          <a:xfrm>
+            <a:off x="6055749" y="2417954"/>
+            <a:ext cx="5391923" cy="2954655"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="121920" tIns="60960" rIns="121920" bIns="60960" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
-[...2 lines deleted...]
-            </a:prstTxWarp>
+          <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...1 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" b="1">
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="87C3E8"/>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:cs typeface="Arial"/>
+                <a:latin typeface="Nunito SemiBold" pitchFamily="2" charset="77"/>
               </a:rPr>
-              <a:t>Support Tools include FAQs, Templates, Checklists, Fact Sheets, Best Practices, and Patient Resources.</a:t>
-[...4 lines deleted...]
-              </a:solidFill>
+              <a:t>Supporting Documents</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>EvoEndo Coding and Payment Guide</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>EvoEndo Chargemaster Fact Sheet</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>EvoEndo Chargemaster Checklist </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>EvoEndo Frequently Asked Questions</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>EvoEndo Reimbursement Glossary and Acronym Reference</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>EvoEndo Adult Medicine Coding and Payment Guide</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>EvoEndo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" baseline="30000" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t> Adult Medicine Chargemaster Checklist</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+              <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:grpSp>
-[...804 lines deleted...]
-      </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2434683206"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2376057418"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+          <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{590FC5E9-F99C-26D3-64DF-C9AAE7D69988}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04EDE841-F57A-FF5D-3B19-4635CE9968F7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en" smtClean="0"/>
               <a:pPr/>
               <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="en"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2" descr="A white and grey background with white lines&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13F279E3-961D-D2E2-9264-3D2F6A5DF2BE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noCrop="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect r="11112"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Title 3">
+          <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AAB16AB3-5260-67B1-7610-9F44D7598645}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC9BFC42-6E69-DD6A-1E6C-704DE733FAA6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...4 lines deleted...]
-          </p:nvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1580097" y="1503373"/>
+            <a:ext cx="8794048" cy="976431"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr wrap="none" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" b="0" i="0" spc="0" dirty="0">
+                <a:ln w="22225">
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Contact </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4400" dirty="0">
+                <a:ln w="22225">
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Us for More Information</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4400" b="0" i="0" spc="0" dirty="0">
+              <a:ln w="22225">
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="002E6D"/>
+              </a:solidFill>
+              <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+              <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="9" name="Group 8">
+          <p:cNvPr id="21" name="Group 20">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23B6891E-801C-3BDB-5B7D-93C847754B66}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BC8F489-9583-EFA9-1DFC-8FAE8D4DC10A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="589176" y="1022631"/>
-[...2 lines deleted...]
-            <a:chExt cx="8003080" cy="3976287"/>
+            <a:off x="2404252" y="3219975"/>
+            <a:ext cx="8921827" cy="677068"/>
+            <a:chOff x="2071742" y="4265689"/>
+            <a:chExt cx="8921827" cy="677068"/>
           </a:xfrm>
         </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="6" name="Google Shape;986;p89">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5CB0D73-64BE-0002-62AB-EFA671B72923}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="2569117" y="4265689"/>
+              <a:ext cx="2627335" cy="677068"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="121900" tIns="121900" rIns="121900" bIns="121900" anchor="t" anchorCtr="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en" sz="2800" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="002E6D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+                  <a:ea typeface="Roboto"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Roboto"/>
+                </a:rPr>
+                <a:t>303.223.7445</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="7" name="Google Shape;987;p89">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{884A4779-4F67-10DF-5A35-311F6933A2B7}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6144768" y="4265689"/>
+              <a:ext cx="4848801" cy="677068"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="121900" tIns="121900" rIns="121900" bIns="121900" anchor="t" anchorCtr="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en" sz="2800" dirty="0" err="1">
+                  <a:solidFill>
+                    <a:srgbClr val="002E6D"/>
+                  </a:solidFill>
+                  <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+                  <a:ea typeface="Roboto"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Roboto"/>
+                </a:rPr>
+                <a:t>sales@evoendo.com</a:t>
+              </a:r>
+              <a:endParaRPr sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Roboto"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="7" name="Picture 6" descr="A close-up of a document&#10;&#10;Description automatically generated">
+            <p:cNvPr id="17" name="Picture 16">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3429F2C-BF44-EDF7-BB54-D645037E059C}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7C08BFB-22F8-90FA-D1E2-B9C1F0C4EEB5}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
-            <a:blip r:embed="rId2" cstate="screen">
-[...5 lines deleted...]
-            </a:blip>
+            <a:blip r:embed="rId3"/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
-              <a:off x="6088892" y="766973"/>
-              <a:ext cx="2196167" cy="2920934"/>
+              <a:off x="5541166" y="4377826"/>
+              <a:ext cx="435955" cy="445037"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
-            <a:effectLst>
-[...5 lines deleted...]
-            </a:effectLst>
           </p:spPr>
         </p:pic>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="8" name="Picture 7" descr="A white paper with blue text&#10;&#10;Description automatically generated">
+            <p:cNvPr id="18" name="Picture 17">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2C0E328-3B0B-6446-3597-2F97CADFC882}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{674C16DD-FD52-2A0E-88DB-0AEE324D5DA7}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
-            <a:blip r:embed="rId3" cstate="screen">
-[...5 lines deleted...]
-            </a:blip>
+            <a:blip r:embed="rId4"/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
-              <a:off x="281979" y="766973"/>
-              <a:ext cx="2258315" cy="2920934"/>
+              <a:off x="2071742" y="4408434"/>
+              <a:ext cx="382977" cy="378946"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
-            <a:effectLst>
-[...132 lines deleted...]
-            </a:effectLst>
           </p:spPr>
         </p:pic>
       </p:grpSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="20" name="Picture 19" descr="A black background with blue text&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C58B449C-9202-7D57-B4CD-2685EE84275B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2113707" y="4845372"/>
+            <a:ext cx="7964584" cy="1079945"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="894892375"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="427468269"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+          <p:cNvPr id="2" name="Slide Number Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8F2F934-2472-78ED-F25A-EE0373930CF5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E9DBD42-FC3C-AE91-31EC-8B33791ACCD2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en" smtClean="0"/>
               <a:pPr/>
               <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="en"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...31 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Google Shape;986;p89">
+          <p:cNvPr id="3" name="TextBox 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{129AFA87-AD4E-1445-A981-E41A4998EB35}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71AF3A26-C4B6-17A7-1815-E5B25EA7808A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3990783" y="1901567"/>
-            <a:ext cx="4848800" cy="800179"/>
+            <a:off x="1698976" y="2997936"/>
+            <a:ext cx="8794048" cy="976431"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="121900" tIns="121900" rIns="121900" bIns="121900" anchor="t" anchorCtr="0">
-[...281 lines deleted...]
-          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="121900" tIns="121900" rIns="121900" bIns="121900" anchor="ctr" anchorCtr="0">
+          <a:bodyPr wrap="none" rtlCol="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en" sz="4800" b="1">
+              <a:rPr lang="en-US" sz="4400" b="0" i="0" spc="0" dirty="0">
+                <a:ln w="22225">
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
-                  <a:srgbClr val="FFFFFF"/>
+                  <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...2 lines deleted...]
-                <a:sym typeface="Roboto"/>
+                <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>Contact Us for More Information</a:t>
-[...265 lines deleted...]
-            <a:endParaRPr lang="en" sz="1200"/>
+              <a:t>Optional Additional Material</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3626601481"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2301370845"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" show="0">
-[...13356 lines deleted...]
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C999CCA6-9B98-B699-7A46-1A35FBCF1386}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6405D656-474A-04F9-3876-20E78DCF8A94}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
+          <a:xfrm>
+            <a:off x="372111" y="318246"/>
+            <a:ext cx="11670133" cy="586876"/>
+          </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
-[...8 lines deleted...]
-              <a:t> Model LE Single-Use Gastroscope</a:t>
+              <a:rPr lang="en-US" sz="3800" dirty="0">
+                <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>EvoEndo Model LE Single-Use Gastroscope</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{931D1288-05C5-507A-AE54-67515ED0B5D9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en" smtClean="0"/>
               <a:pPr/>
-              <a:t>7</a:t>
+              <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr lang="en"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Subtitle 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6EA3E68-A9E0-DD7F-78D0-1234BE8C33BC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
-[...24 lines deleted...]
-        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="251884" y="1563523"/>
-            <a:ext cx="5223933" cy="1461900"/>
+            <a:off x="498144" y="905436"/>
+            <a:ext cx="10992013" cy="393600"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...350 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
-[...65 lines deleted...]
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
               <a:t>Product Specifications</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Google Shape;807;p76">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99FFB749-4A5F-BE64-8A3C-9D411D4CC6A5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4263601920"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1730970920"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1687796" y="1515035"/>
           <a:ext cx="8816408" cy="4726365"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:noFill/>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="3534304">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20000"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="5282104">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -27099,60 +14684,60 @@
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="002E6D">
                         <a:alpha val="12290"/>
                       </a:srgbClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1200">
+                        <a:rPr lang="en-US" sz="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="434343"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Roboto"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Roboto"/>
                         </a:rPr>
-                        <a:t>2.5 mm - 25 mm</a:t>
+                        <a:t>2.5 mm – 25 mm</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="158467" marR="158467" marT="60933" marB="60933" anchor="ctr">
                     <a:lnL w="19050" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="19050" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
                     <a:lnT w="19050" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
@@ -27959,73 +15544,73 @@
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="F3F3F3">
                         <a:alpha val="50840"/>
                       </a:srgbClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1200">
+                        <a:rPr lang="en-US" sz="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="434343"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Roboto"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Roboto"/>
                         </a:rPr>
-                        <a:t>1.1 M (43.3”)</a:t>
+                        <a:t>1.1 M or 85 cm</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1200">
+                        <a:rPr lang="en-US" sz="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="434343"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Roboto"/>
                           <a:cs typeface="Arial"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" sz="1200">
+                      <a:endParaRPr lang="en-US" sz="1200" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="434343"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Roboto"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:sym typeface="Roboto"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="158467" marR="158467" marT="60933" marB="60933" anchor="ctr">
                     <a:lnL w="19050" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="19050" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
@@ -28825,60 +16410,60 @@
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="002E6D">
                         <a:alpha val="12290"/>
                       </a:srgbClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1200">
+                        <a:rPr lang="en-US" sz="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="434343"/>
                           </a:solidFill>
                           <a:latin typeface="Arial"/>
                           <a:ea typeface="Roboto"/>
                           <a:cs typeface="Arial"/>
                           <a:sym typeface="Roboto"/>
                         </a:rPr>
-                        <a:t>Connects to 1/4”- 3/8” supply lines</a:t>
+                        <a:t>Connects to 1/4”– 3/8” supply lines</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="158467" marR="158467" marT="60933" marB="60933" anchor="ctr">
                     <a:lnL w="19050" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="19050" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnR>
                     <a:lnT w="19050" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
@@ -29123,51 +16708,51 @@
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="002E6D">
                         <a:alpha val="12290"/>
                       </a:srgbClr>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="1200">
+                        <a:rPr lang="en-US" sz="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="434343"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Roboto"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:sym typeface="Roboto"/>
                         </a:rPr>
                         <a:t>Connects to standard 6 mm suction device</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="158467" marR="158467" marT="60933" marB="60933" anchor="ctr">
                     <a:lnL w="19050" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="sm" len="sm"/>
                       <a:tailEnd type="none" w="sm" len="sm"/>
                     </a:lnL>
                     <a:lnR w="19050" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
@@ -29203,348 +16788,6991 @@
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="19704251"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1832049190"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9607042-26E2-12F5-9DAE-F9CED2B30A3F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6492657" y="1759610"/>
+            <a:ext cx="5118988" cy="2795702"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2020"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Office-Based Sedation-Free Transnasal Esophagogastroduodenoscopy (TN-EGD) </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>With Biopsies Using Single-Use Gastroscopes: A Pediatric Single-Center Experience</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Smadi Y, Bittar K, et al. JPGN Reports, 2023: E-Pub</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" i="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent6"/>
+              </a:solidFill>
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>This study aimed to evaluate the feasibility and efficacy of office-based sedation-free transnasal esophagogastroduodenoscopy (TN-EGD) using single-use gastroscopes in pediatric patients.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5398D4"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://onlinelibrary.wiley.com/doi/10.1002/jpr3.12025</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="800" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="5398D4"/>
+              </a:solidFill>
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4CA1B459-CD8E-724A-9F97-763C68B41D77}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en" smtClean="0"/>
+              <a:pPr/>
+              <a:t>17</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Title 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAF53548-EAAA-36BD-20C9-4B0A805B16D0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3800" dirty="0"/>
+              <a:t>Featured Literature Highlighting EvoEndo</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3800" dirty="0">
+              <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="TextBox 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BF949A0-2AE1-8EB2-7F0F-7CB9B7C9758F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="897382" y="1759610"/>
+            <a:ext cx="4968671" cy="3385542"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Safety and Efficacy of a Novel Ultrathin Gastroscope for Unsedated Transnasal </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" spc="-50" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Endoscopy in Children and Adults for Evaluation </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>of Upper Gastrointestinal Disorders </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Thavamani A, Ryan M, Leinwand K, et al. </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>iGIE</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, 2024: E-Pub </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>This study aimed to evaluate the safety and efficacy of a novel ultrathin gastroscope specifically designed for unsedated </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>transnasal</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> endoscopy, with a particular focus on its application in both pediatric and adult populations presenting with various upper GI conditions. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" spc="-50" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5398D4"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:hlinkClick r:id="rId4">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://www.researchgate.net/publication/376790857_Safety_and_Efficacy_of_a_Novel_Ultrathin_Gastroscope_for_Unsedated_Transnasal_Endoscopy_in_Children_and_Adults_for_Evaluation_of_Upper_Gastrointestinal_Disorders</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="800" spc="-50" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="5398D4"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="15" name="Straight Connector 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C0E89B5-F8A1-C230-A9AA-B466C7240AF8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="698323" y="1841327"/>
+            <a:ext cx="0" cy="3206662"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="28575">
+            <a:solidFill>
+              <a:srgbClr val="5398D3"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="17" name="Straight Connector 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6477C5AB-CAD6-838F-ADF9-30C13D4F56B6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6292092" y="1841327"/>
+            <a:ext cx="0" cy="2713985"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="28575">
+            <a:solidFill>
+              <a:srgbClr val="5398D3"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2340443194"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56964945-5F0B-B680-EFA7-C5D416A13DA6}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE6323EE-4481-D8E1-36BC-23BBBB5A9B26}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en" smtClean="0"/>
+              <a:pPr/>
+              <a:t>18</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Title 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D56A6806-214F-9700-C3D9-23718B0E9890}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3800" dirty="0"/>
+              <a:t>Featured Literature Highlighting EvoEndo</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3800" dirty="0">
+              <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5307EC1-3971-B0EC-19BB-8F435C54AB4D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6492657" y="1759610"/>
+            <a:ext cx="5144022" cy="2923877"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>A Case Series of Rapid Resolution of Pediatric Eosinophilic Esophagitis with Dupilumab Treatment as Demonstrated by Sedation-Free Transnasal Esophagoscopy (TN-Eso)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Arsal Khan, Isabel N. O’Connell, Wayne G. Shreffler, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Joel A. Friedlander, Qian Yuan</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" i="1" baseline="30000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>This study demonstrates excellent tolerance of TN-Eso done by a newly-trained sedation-free endoscopist.  It demonstrated TN-Eso is a useful tool in a research environment which helped find that patients with </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0" err="1">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>EoE</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t> had an earlier response (3-4 weeks) to dupilumab treatment.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" baseline="30000" dirty="0">
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5398D4"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://www.scientificarchives.com/article/a-case-series-of-rapid-resolution-of-pediatric-eosinophilic-esophagitis-with-dupilumab-treatment-as-demonstrated-by-sedation-free-transnasal-esophagoscopy-tn-eso</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="800" spc="-20" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="5398D4"/>
+              </a:solidFill>
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="15" name="Straight Connector 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85E2ECA0-C6BF-A059-B4C7-9364393F35A9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="698323" y="1841327"/>
+            <a:ext cx="0" cy="2349718"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="28575">
+            <a:solidFill>
+              <a:srgbClr val="5398D3"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="17" name="Straight Connector 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{862814EB-5DB2-A74B-7018-5A400AD95906}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6292092" y="1841327"/>
+            <a:ext cx="0" cy="2842160"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="28575">
+            <a:solidFill>
+              <a:srgbClr val="5398D3"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{843B1C6A-FCDD-6CB8-9B6D-A4D3FCD8725E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="897382" y="1759610"/>
+            <a:ext cx="4701745" cy="2431435"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Open Sans"/>
+                <a:cs typeface="Open Sans"/>
+              </a:rPr>
+              <a:t>Left lateral decubitus </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Open Sans"/>
+                <a:cs typeface="Open Sans"/>
+              </a:rPr>
+              <a:t>(LLD) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Open Sans"/>
+                <a:cs typeface="Open Sans"/>
+              </a:rPr>
+              <a:t>position </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Open Sans"/>
+                <a:cs typeface="Open Sans"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Open Sans"/>
+                <a:cs typeface="Open Sans"/>
+              </a:rPr>
+              <a:t>during sedation-free transnasal endoscopy: A pilot study</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId4">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>Rose Lee</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId5">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>Yonna Oparaugo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId6">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>Molly Mackensen</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId7">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>Katherine Vaidy</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" i="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>This pilot study explores the feasibility and tolerance of TNE used for TN-Eso and TN-EGD and in pediatric patients using the LLD position.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5398D4"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId8">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://onlinelibrary.wiley.com/doi/full/10.1002/jpr3.70047</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="5398D4"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="324668191"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6CA253F-705B-3931-A1C8-837EF36DA9CF}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CA26AD9-9467-E6A1-509B-1C3029E99ED1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6491151" y="1772136"/>
+            <a:ext cx="5118988" cy="2718693"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2020"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Proof of Concept Functional Endoscopic Esophageal Evaluation of Swallowing (FEEES) Using Unsedated Transnasal Endoscopy </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2020"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Friedlander JA, Smith C, Nguyen N, et al. JPGN 2024, E-Pub</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>This case report investigates the feasibility of Functional Endoscopic Esophageal Evaluation of Swallowing (FEEES) using unsedated TNE, particularly focusing on its application in a 14-year-old male diagnosed with Type 2 Achalasia and Eosinophilic Esophagitis (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>EoE</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5398D4"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://onlinelibrary.wiley.com/doi/10.1002/jpn3.12154</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="800" u="sng" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="5398D4"/>
+              </a:solidFill>
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="9" name="Straight Connector 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16455F35-15E0-91FA-FCA2-02907FE5A0D6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6292092" y="1841327"/>
+            <a:ext cx="0" cy="2505205"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="28575">
+            <a:solidFill>
+              <a:srgbClr val="5398D3"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B1A1CA5-70E6-8351-B3C5-7FE4B42EF143}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en" smtClean="0"/>
+              <a:pPr/>
+              <a:t>19</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Title 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8A8A15B-486E-910D-E912-45590B0371BA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3800" dirty="0"/>
+              <a:t>Featured Literature Highlighting EvoEndo</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3800" dirty="0">
+              <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="TextBox 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{052A7F1B-E39C-D6AE-BAFF-73F74BA531C0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="897382" y="1759610"/>
+            <a:ext cx="4914693" cy="2646878"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>The mouth or the nose: the past, present, and future of ultra-slim gastroscopy of the upper gastrointestinal tract in pediatrics</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Paul Tran, Rose Lee, Ali </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mencin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Matthew Ryan, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Joel A. Friedlander, Michael A. Manfredi</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>This manuscript reviews the techniques and clinical utility of ultra-slim flexible endoscopes. It highlights the value such  technology offers to pediatric providers and healthcare systems.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5398D4"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+                <a:hlinkClick r:id="rId4">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="5398D4"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+                <a:hlinkClick r:id="rId4">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>www.frontiersin.org</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5398D4"/>
+                </a:solidFill>
+                <a:ea typeface="+mn-lt"/>
+                <a:cs typeface="+mn-lt"/>
+                <a:hlinkClick r:id="rId4">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>/journals/pediatrics/articles/10.3389/fped.2025.1630157/full</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="5398D4"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="15" name="Straight Connector 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0293BEA8-F6A3-415F-E170-EC2D1FF1F2A4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="698323" y="1841327"/>
+            <a:ext cx="0" cy="2565161"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="28575">
+            <a:solidFill>
+              <a:srgbClr val="5398D3"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1471942063"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C131E17B-C557-A298-0CA9-FEAE461DFF78}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Content Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD40589B-A21A-C024-52E3-D9707E2C7E38}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="329695" y="1836867"/>
+            <a:ext cx="5281511" cy="3303917"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="227965" indent="-227965">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:latin typeface="Nunito SemiBold"/>
+              </a:rPr>
+              <a:t>Evolution of Sedation-Free Endoscopy </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="227965" indent="-227965">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:latin typeface="Nunito SemiBold"/>
+              </a:rPr>
+              <a:t>Evidence-Based Practice Summary</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="227965" indent="-227965">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:latin typeface="Nunito SemiBold"/>
+              </a:rPr>
+              <a:t>The EvoEndo Endoscopy System</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="227965" indent="-227965">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:latin typeface="Nunito SemiBold"/>
+              </a:rPr>
+              <a:t>Benefits and Implementation Value</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="227965" indent="-227965">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:latin typeface="Nunito SemiBold"/>
+              </a:rPr>
+              <a:t>Reimbursement and Coding Support</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8AACB392-83FB-7B21-8AEA-FAF1369E921C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en" smtClean="0"/>
+              <a:pPr/>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C2C6489-845F-28D1-C49D-D9897D0531F5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="372534" y="330278"/>
+            <a:ext cx="2724234" cy="586876"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3800" dirty="0">
+                <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Agenda</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="29" name="Group 28">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D47AB6F-5D0E-CEA6-AAA9-56CB9BE00D5A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="5903262" y="1581234"/>
+            <a:ext cx="5231008" cy="5276766"/>
+            <a:chOff x="6348107" y="1581234"/>
+            <a:chExt cx="5231008" cy="5276766"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="8" name="Picture 18">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E5B88BE-7C5E-2BBA-2DEC-DBDB2CF32DC2}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId3">
+              <a:extLst>
+                <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                  <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6535019" y="1854144"/>
+              <a:ext cx="4937434" cy="5003856"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="9" name="Picture 19">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA7E76FD-E476-1DAF-420A-DD265694FF78}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6348107" y="1581234"/>
+              <a:ext cx="5231008" cy="4805714"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 3040379 w 5231008"/>
+                <a:gd name="connsiteY0" fmla="*/ 4805714 h 4805714"/>
+                <a:gd name="connsiteX1" fmla="*/ 867883 w 5231008"/>
+                <a:gd name="connsiteY1" fmla="*/ 4063386 h 4805714"/>
+                <a:gd name="connsiteX2" fmla="*/ 279922 w 5231008"/>
+                <a:gd name="connsiteY2" fmla="*/ 2952010 h 4805714"/>
+                <a:gd name="connsiteX3" fmla="*/ 334065 w 5231008"/>
+                <a:gd name="connsiteY3" fmla="*/ 1199879 h 4805714"/>
+                <a:gd name="connsiteX4" fmla="*/ 1122526 w 5231008"/>
+                <a:gd name="connsiteY4" fmla="*/ 446548 h 4805714"/>
+                <a:gd name="connsiteX5" fmla="*/ 2023502 w 5231008"/>
+                <a:gd name="connsiteY5" fmla="*/ 40257 h 4805714"/>
+                <a:gd name="connsiteX6" fmla="*/ 4254371 w 5231008"/>
+                <a:gd name="connsiteY6" fmla="*/ 605679 h 4805714"/>
+                <a:gd name="connsiteX7" fmla="*/ 5216259 w 5231008"/>
+                <a:gd name="connsiteY7" fmla="*/ 2090334 h 4805714"/>
+                <a:gd name="connsiteX8" fmla="*/ 4986150 w 5231008"/>
+                <a:gd name="connsiteY8" fmla="*/ 3425170 h 4805714"/>
+                <a:gd name="connsiteX9" fmla="*/ 4491247 w 5231008"/>
+                <a:gd name="connsiteY9" fmla="*/ 3957581 h 4805714"/>
+                <a:gd name="connsiteX10" fmla="*/ 3368622 w 5231008"/>
+                <a:gd name="connsiteY10" fmla="*/ 4142105 h 4805714"/>
+                <a:gd name="connsiteX11" fmla="*/ 3068296 w 5231008"/>
+                <a:gd name="connsiteY11" fmla="*/ 4116712 h 4805714"/>
+                <a:gd name="connsiteX12" fmla="*/ 2914327 w 5231008"/>
+                <a:gd name="connsiteY12" fmla="*/ 4001596 h 4805714"/>
+                <a:gd name="connsiteX13" fmla="*/ 2095411 w 5231008"/>
+                <a:gd name="connsiteY13" fmla="*/ 3343912 h 4805714"/>
+                <a:gd name="connsiteX14" fmla="*/ 932178 w 5231008"/>
+                <a:gd name="connsiteY14" fmla="*/ 2142814 h 4805714"/>
+                <a:gd name="connsiteX15" fmla="*/ 1276495 w 5231008"/>
+                <a:gd name="connsiteY15" fmla="*/ 607371 h 4805714"/>
+                <a:gd name="connsiteX16" fmla="*/ 2858492 w 5231008"/>
+                <a:gd name="connsiteY16" fmla="*/ 221395 h 4805714"/>
+                <a:gd name="connsiteX17" fmla="*/ 4053872 w 5231008"/>
+                <a:gd name="connsiteY17" fmla="*/ 1245587 h 4805714"/>
+                <a:gd name="connsiteX18" fmla="*/ 4096171 w 5231008"/>
+                <a:gd name="connsiteY18" fmla="*/ 2090334 h 4805714"/>
+                <a:gd name="connsiteX19" fmla="*/ 3978579 w 5231008"/>
+                <a:gd name="connsiteY19" fmla="*/ 2375585 h 4805714"/>
+                <a:gd name="connsiteX20" fmla="*/ 2768817 w 5231008"/>
+                <a:gd name="connsiteY20" fmla="*/ 3590226 h 4805714"/>
+                <a:gd name="connsiteX21" fmla="*/ 1258730 w 5231008"/>
+                <a:gd name="connsiteY21" fmla="*/ 4184427 h 4805714"/>
+                <a:gd name="connsiteX22" fmla="*/ 54044 w 5231008"/>
+                <a:gd name="connsiteY22" fmla="*/ 3835694 h 4805714"/>
+                <a:gd name="connsiteX23" fmla="*/ 106495 w 5231008"/>
+                <a:gd name="connsiteY23" fmla="*/ 3031576 h 4805714"/>
+                <a:gd name="connsiteX24" fmla="*/ 1266344 w 5231008"/>
+                <a:gd name="connsiteY24" fmla="*/ 1548613 h 4805714"/>
+                <a:gd name="connsiteX25" fmla="*/ 3642722 w 5231008"/>
+                <a:gd name="connsiteY25" fmla="*/ 885850 h 4805714"/>
+                <a:gd name="connsiteX26" fmla="*/ 4625760 w 5231008"/>
+                <a:gd name="connsiteY26" fmla="*/ 1571467 h 4805714"/>
+                <a:gd name="connsiteX27" fmla="*/ 4651139 w 5231008"/>
+                <a:gd name="connsiteY27" fmla="*/ 2411982 h 4805714"/>
+                <a:gd name="connsiteX28" fmla="*/ 2869489 w 5231008"/>
+                <a:gd name="connsiteY28" fmla="*/ 4220824 h 4805714"/>
+                <a:gd name="connsiteX29" fmla="*/ 1625042 w 5231008"/>
+                <a:gd name="connsiteY29" fmla="*/ 4323243 h 4805714"/>
+                <a:gd name="connsiteX30" fmla="*/ 687688 w 5231008"/>
+                <a:gd name="connsiteY30" fmla="*/ 3326983 h 4805714"/>
+                <a:gd name="connsiteX31" fmla="*/ 561636 w 5231008"/>
+                <a:gd name="connsiteY31" fmla="*/ 2540641 h 4805714"/>
+                <a:gd name="connsiteX32" fmla="*/ 734217 w 5231008"/>
+                <a:gd name="connsiteY32" fmla="*/ 2021773 h 4805714"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX6" y="connsiteY6"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX7" y="connsiteY7"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX8" y="connsiteY8"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX9" y="connsiteY9"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX10" y="connsiteY10"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX11" y="connsiteY11"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX12" y="connsiteY12"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX13" y="connsiteY13"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX14" y="connsiteY14"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX15" y="connsiteY15"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX16" y="connsiteY16"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX17" y="connsiteY17"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX18" y="connsiteY18"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX19" y="connsiteY19"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX20" y="connsiteY20"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX21" y="connsiteY21"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX22" y="connsiteY22"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX23" y="connsiteY23"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX24" y="connsiteY24"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX25" y="connsiteY25"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX26" y="connsiteY26"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX27" y="connsiteY27"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX28" y="connsiteY28"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX29" y="connsiteY29"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX30" y="connsiteY30"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX31" y="connsiteY31"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX32" y="connsiteY32"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="5231008" h="4805714">
+                  <a:moveTo>
+                    <a:pt x="3040379" y="4805714"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="2267147" y="4805714"/>
+                    <a:pt x="1383936" y="4716838"/>
+                    <a:pt x="867883" y="4063386"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="586170" y="3706188"/>
+                    <a:pt x="429662" y="3388773"/>
+                    <a:pt x="279922" y="2952010"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="80269" y="2363735"/>
+                    <a:pt x="-25479" y="1753451"/>
+                    <a:pt x="334065" y="1199879"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="487189" y="964569"/>
+                    <a:pt x="896647" y="610757"/>
+                    <a:pt x="1122526" y="446548"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1393242" y="250174"/>
+                    <a:pt x="1692721" y="96122"/>
+                    <a:pt x="2023502" y="40257"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="2832266" y="-96867"/>
+                    <a:pt x="3602961" y="122361"/>
+                    <a:pt x="4254371" y="605679"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="4708666" y="942562"/>
+                    <a:pt x="5134198" y="1518987"/>
+                    <a:pt x="5216259" y="2090334"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="5278861" y="2529637"/>
+                    <a:pt x="5130814" y="3016340"/>
+                    <a:pt x="4986150" y="3425170"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="4884631" y="3712960"/>
+                    <a:pt x="4765347" y="3848390"/>
+                    <a:pt x="4491247" y="3957581"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="4146930" y="4094705"/>
+                    <a:pt x="3736626" y="4131101"/>
+                    <a:pt x="3368622" y="4142105"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="3295867" y="4143798"/>
+                    <a:pt x="3132592" y="4175116"/>
+                    <a:pt x="3068296" y="4116712"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="3020075" y="4072697"/>
+                    <a:pt x="2970162" y="4044764"/>
+                    <a:pt x="2914327" y="4001596"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="2629229" y="3783214"/>
+                    <a:pt x="2373741" y="3580069"/>
+                    <a:pt x="2095411" y="3343912"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1685107" y="2996872"/>
+                    <a:pt x="1198665" y="2625285"/>
+                    <a:pt x="932178" y="2142814"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="621701" y="1582470"/>
+                    <a:pt x="801896" y="992502"/>
+                    <a:pt x="1276495" y="607371"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1712179" y="253559"/>
+                    <a:pt x="2306062" y="99507"/>
+                    <a:pt x="2858492" y="221395"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="3407537" y="342436"/>
+                    <a:pt x="3907516" y="673394"/>
+                    <a:pt x="4053872" y="1245587"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="4121551" y="1511369"/>
+                    <a:pt x="4124935" y="1817781"/>
+                    <a:pt x="4096171" y="2090334"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="4081789" y="2228304"/>
+                    <a:pt x="4078406" y="2241001"/>
+                    <a:pt x="3978579" y="2375585"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="3644414" y="2826737"/>
+                    <a:pt x="3208730" y="3244879"/>
+                    <a:pt x="2768817" y="3590226"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="2305216" y="3955042"/>
+                    <a:pt x="1836539" y="4120098"/>
+                    <a:pt x="1258730" y="4184427"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="894109" y="4225056"/>
+                    <a:pt x="219011" y="4277535"/>
+                    <a:pt x="54044" y="3835694"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="-48321" y="3562294"/>
+                    <a:pt x="9206" y="3299897"/>
+                    <a:pt x="106495" y="3031576"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="323914" y="2428064"/>
+                    <a:pt x="752829" y="1924432"/>
+                    <a:pt x="1266344" y="1548613"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1909294" y="1077146"/>
+                    <a:pt x="2839034" y="756345"/>
+                    <a:pt x="3642722" y="885850"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="4032722" y="948487"/>
+                    <a:pt x="4459100" y="1196494"/>
+                    <a:pt x="4625760" y="1571467"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="4756888" y="1866874"/>
+                    <a:pt x="4767039" y="2088641"/>
+                    <a:pt x="4651139" y="2411982"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="4361811" y="3218639"/>
+                    <a:pt x="3639338" y="3875476"/>
+                    <a:pt x="2869489" y="4220824"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="2489641" y="4390959"/>
+                    <a:pt x="2029424" y="4463752"/>
+                    <a:pt x="1625042" y="4323243"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1196127" y="4174270"/>
+                    <a:pt x="855194" y="3726503"/>
+                    <a:pt x="687688" y="3326983"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="571788" y="3050197"/>
+                    <a:pt x="525259" y="2835202"/>
+                    <a:pt x="561636" y="2540641"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="598859" y="2244387"/>
+                    <a:pt x="587016" y="2251158"/>
+                    <a:pt x="734217" y="2021773"/>
+                  </a:cubicBezTo>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:noFill/>
+            <a:ln w="33819" cap="rnd">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="Picture 13" descr="A person smiling at the camera&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C211EE0-BD39-9815-EE22-3467B3F8257F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6137825" y="816794"/>
+            <a:ext cx="4607682" cy="5217259"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="24" name="Picture 23" descr="A person smiling at the camera&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF46B9F8-5616-64A2-5A9B-94B0C6800EAD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6052699" y="5873412"/>
+            <a:ext cx="4607682" cy="996945"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="22" name="Picture 21" descr="A person with grey hair and arms crossed&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEB2D3B8-AA19-BFE2-4BB5-54C8460EC109}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4397869" y="1758756"/>
+            <a:ext cx="3855936" cy="5127006"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="28" name="Picture 27" descr="A person holding a baby&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D73B96D2-68A8-25F5-FB55-FDCCDFE20AF5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8"/>
+          <a:srcRect r="6736" b="22456"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7961950" y="1955311"/>
+            <a:ext cx="4030335" cy="4921224"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2673297336"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14D65A66-770E-27C8-70E5-C15BBA8FEBCF}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06515706-6252-BE85-F5F0-324D566CAC9A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="898887" y="1772136"/>
+            <a:ext cx="5001017" cy="2426370"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2020"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>A Guide on Transnasal Endoscopy: Setting Up a Pediatric Unsedated Endoscopy Program </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2020"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Friedlander JA, Leinwand K, Bhardwaj V, Nguyen N </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Front Pediatrics. 2024 Jan 16;11:1267148</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marR="0">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>This study provides a comprehensive guide for establishing a pediatric sedation-free endoscopy program, to address the growing interest in TNE within the pediatric gastroenterology community. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5398D4"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://www.frontiersin.org/articles/10.3389/fped.2023.1267148/full</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="5398D4"/>
+              </a:solidFill>
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="10" name="Straight Connector 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45F562A2-3332-D638-F31C-91804053A503}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="698323" y="1841327"/>
+            <a:ext cx="0" cy="2344653"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="28575">
+            <a:solidFill>
+              <a:srgbClr val="5398D3"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rounded Rectangle 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A032354E-836E-98A9-FB5D-08725BE6ED70}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="659389" y="5022938"/>
+            <a:ext cx="10651610" cy="763726"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 9635"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="DBEDF7"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE4F5942-13C2-79DA-3AD7-1B23D2862CD8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en" smtClean="0"/>
+              <a:pPr/>
+              <a:t>20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Title 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5ED69058-8CC7-6898-C718-E029112C7E4C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3800" dirty="0"/>
+              <a:t>Featured Literature Highlighting EvoEndo</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3800" dirty="0">
+              <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{243F53FD-874E-5918-248F-E323B681C2BE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1525146" y="5198664"/>
+            <a:ext cx="9141708" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Visit EvoEndo.com for a complete library of clinical data and research!</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="15" name="Straight Connector 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A05951AC-7B33-FB68-FF04-A97D83CB8498}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="698323" y="1841327"/>
+            <a:ext cx="0" cy="2344653"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="28575">
+            <a:solidFill>
+              <a:srgbClr val="5398D3"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2599923625"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9F73C78-BBB2-2588-E3A3-401903C66ECE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en" smtClean="0"/>
+              <a:pPr/>
+              <a:t>3</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Title 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9271CD49-97DD-9D29-D9E0-44CD91296503}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="372533" y="330278"/>
+            <a:ext cx="10309321" cy="586876"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3800" dirty="0">
+                <a:latin typeface="Outfit"/>
+              </a:rPr>
+              <a:t>Limitations of Traditional Upper Endoscopy</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="3800" dirty="0">
+                <a:latin typeface="Outfit"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="3800" dirty="0">
+              <a:latin typeface="Outfit"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="7" name="Group 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC4F0100-7382-34A2-5BAC-28E9125731D9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="659389" y="1215483"/>
+            <a:ext cx="10252208" cy="6303227"/>
+            <a:chOff x="491902" y="1457230"/>
+            <a:chExt cx="9731710" cy="6063817"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="8" name="Picture 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE1C23CF-1BE7-CA7A-EDEB-1654AD060A8C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId3"/>
+            <a:srcRect t="1" b="18339"/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm rot="180000">
+              <a:off x="3775493" y="1457230"/>
+              <a:ext cx="6448119" cy="5293949"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="10" name="Google Shape;730;p72">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DF34741-C00C-9DE8-6EE8-A0D47280A685}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr preferRelativeResize="0"/>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill rotWithShape="1">
+            <a:blip r:embed="rId4" cstate="print">
+              <a:alphaModFix/>
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect b="-12789"/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4109546" y="1820181"/>
+              <a:ext cx="5700866" cy="5700866"/>
+            </a:xfrm>
+            <a:prstGeom prst="ellipse">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+        </p:pic>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="11" name="Google Shape;734;p72">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F374414F-619A-65C0-CE51-DFA234E4ED95}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="491902" y="5207229"/>
+              <a:ext cx="3264541" cy="984845"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="121900" tIns="121900" rIns="121900" bIns="121900" anchor="t" anchorCtr="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" sz="1600" b="1">
+                  <a:solidFill>
+                    <a:schemeClr val="accent1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+                  <a:ea typeface="Roboto"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Roboto"/>
+                </a:rPr>
+                <a:t>Doctors, patients, and families</a:t>
+              </a:r>
+              <a:br>
+                <a:rPr lang="en-US" sz="1600" b="1">
+                  <a:solidFill>
+                    <a:schemeClr val="accent1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+                  <a:ea typeface="Roboto"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Roboto"/>
+                </a:rPr>
+              </a:br>
+              <a:r>
+                <a:rPr lang="en-US" sz="1600" b="1">
+                  <a:solidFill>
+                    <a:schemeClr val="accent1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+                  <a:ea typeface="Roboto"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Roboto"/>
+                </a:rPr>
+                <a:t>are looking for lower-risk, </a:t>
+              </a:r>
+              <a:br>
+                <a:rPr lang="en-US" sz="1600" b="1">
+                  <a:solidFill>
+                    <a:schemeClr val="accent1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+                  <a:ea typeface="Roboto"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Roboto"/>
+                </a:rPr>
+              </a:br>
+              <a:r>
+                <a:rPr lang="en-US" sz="1600" b="1">
+                  <a:solidFill>
+                    <a:schemeClr val="accent1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+                  <a:ea typeface="Roboto"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Roboto"/>
+                </a:rPr>
+                <a:t>sedation-free alternatives. </a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="12" name="Group 11">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D602B6-5A5E-EC02-CABE-0858AD061FCC}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvGrpSpPr/>
+            <p:nvPr/>
+          </p:nvGrpSpPr>
+          <p:grpSpPr>
+            <a:xfrm>
+              <a:off x="491902" y="1556507"/>
+              <a:ext cx="5784801" cy="3236038"/>
+              <a:chOff x="460552" y="995014"/>
+              <a:chExt cx="4338601" cy="2427029"/>
+            </a:xfrm>
+          </p:grpSpPr>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="14" name="Google Shape;734;p72">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13162F7F-2938-5C3C-CE2E-9E29F1F71876}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr txBox="1"/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="460552" y="1792325"/>
+                <a:ext cx="2448406" cy="600134"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="121900" tIns="121900" rIns="121900" bIns="121900" anchor="t" anchorCtr="0">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1600" b="1">
+                    <a:solidFill>
+                      <a:schemeClr val="accent6"/>
+                    </a:solidFill>
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                    <a:ea typeface="Roboto"/>
+                    <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                    <a:sym typeface="Roboto"/>
+                  </a:rPr>
+                  <a:t>Existing scopes are </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1800" b="1">
+                    <a:solidFill>
+                      <a:schemeClr val="accent6"/>
+                    </a:solidFill>
+                    <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+                    <a:ea typeface="Roboto"/>
+                    <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                    <a:sym typeface="Roboto"/>
+                  </a:rPr>
+                  <a:t>expensive </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1600" b="1">
+                    <a:solidFill>
+                      <a:schemeClr val="accent6"/>
+                    </a:solidFill>
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                    <a:ea typeface="Roboto"/>
+                    <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                    <a:sym typeface="Roboto"/>
+                  </a:rPr>
+                  <a:t>and require </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1800" b="1">
+                    <a:solidFill>
+                      <a:schemeClr val="accent6"/>
+                    </a:solidFill>
+                    <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+                    <a:ea typeface="Roboto"/>
+                    <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                    <a:sym typeface="Roboto"/>
+                  </a:rPr>
+                  <a:t>frequent repair</a:t>
+                </a:r>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+          <p:cxnSp>
+            <p:nvCxnSpPr>
+              <p:cNvPr id="15" name="Google Shape;737;p72">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C09D9AB2-4BC8-D3D2-99F3-C99E39404037}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvCxnSpPr>
+                <a:cxnSpLocks/>
+              </p:cNvCxnSpPr>
+              <p:nvPr/>
+            </p:nvCxnSpPr>
+            <p:spPr>
+              <a:xfrm flipH="1">
+                <a:off x="2692430" y="2200160"/>
+                <a:ext cx="1088916" cy="0"/>
+              </a:xfrm>
+              <a:prstGeom prst="straightConnector1">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln w="19050" cap="flat" cmpd="sng">
+                <a:solidFill>
+                  <a:srgbClr val="FC2953"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+                <a:round/>
+                <a:headEnd type="stealth" w="med" len="med"/>
+                <a:tailEnd type="none" w="med" len="med"/>
+              </a:ln>
+            </p:spPr>
+          </p:cxnSp>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="16" name="Google Shape;734;p72">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A7509CF-D2D2-8B34-21CB-F312DF3507C2}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr txBox="1"/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="460552" y="2489399"/>
+                <a:ext cx="2231878" cy="932644"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="121900" tIns="121900" rIns="121900" bIns="121900" anchor="t" anchorCtr="0">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1800" b="1">
+                    <a:solidFill>
+                      <a:schemeClr val="accent6"/>
+                    </a:solidFill>
+                    <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+                    <a:ea typeface="Roboto"/>
+                    <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                    <a:sym typeface="Roboto"/>
+                  </a:rPr>
+                  <a:t>Too large for </a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1800" b="1">
+                    <a:solidFill>
+                      <a:schemeClr val="accent6"/>
+                    </a:solidFill>
+                    <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+                    <a:ea typeface="Roboto"/>
+                    <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                    <a:sym typeface="Roboto"/>
+                  </a:rPr>
+                  <a:t>sedation-free TNE</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1600" b="1">
+                    <a:solidFill>
+                      <a:schemeClr val="accent6"/>
+                    </a:solidFill>
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                    <a:ea typeface="Roboto"/>
+                    <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                    <a:sym typeface="Roboto"/>
+                  </a:rPr>
+                  <a:t>: </a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1600" b="1">
+                    <a:solidFill>
+                      <a:schemeClr val="accent6"/>
+                    </a:solidFill>
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                    <a:ea typeface="Roboto"/>
+                    <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                    <a:sym typeface="Roboto"/>
+                  </a:rPr>
+                  <a:t>Require anesthesia and potential patient risk</a:t>
+                </a:r>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="17" name="Google Shape;734;p72">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BED598C6-7E5C-C4BC-FE52-30D268DDB290}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr txBox="1"/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="460552" y="995014"/>
+                <a:ext cx="2713232" cy="784800"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="121900" tIns="121900" rIns="121900" bIns="121900" anchor="t" anchorCtr="0">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                    <a:solidFill>
+                      <a:schemeClr val="accent6"/>
+                    </a:solidFill>
+                    <a:latin typeface="Outfit SemiBold" pitchFamily="2" charset="0"/>
+                    <a:ea typeface="Roboto"/>
+                    <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                    <a:sym typeface="Roboto"/>
+                  </a:rPr>
+                  <a:t>Significant infrastructure and resources required </a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                    <a:solidFill>
+                      <a:schemeClr val="accent6"/>
+                    </a:solidFill>
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                    <a:ea typeface="Roboto"/>
+                    <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                    <a:sym typeface="Roboto"/>
+                  </a:rPr>
+                  <a:t>for cleaning </a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                    <a:solidFill>
+                      <a:schemeClr val="accent6"/>
+                    </a:solidFill>
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                    <a:ea typeface="Roboto"/>
+                    <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                    <a:sym typeface="Roboto"/>
+                  </a:rPr>
+                  <a:t>and reprocessing scopes</a:t>
+                </a:r>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+          <p:cxnSp>
+            <p:nvCxnSpPr>
+              <p:cNvPr id="18" name="Elbow Connector 17">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE734B21-8DE2-B1C9-0716-B0918872179F}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvCxnSpPr>
+                <a:cxnSpLocks/>
+              </p:cNvCxnSpPr>
+              <p:nvPr/>
+            </p:nvCxnSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="2961582" y="1193001"/>
+                <a:ext cx="1254641" cy="826701"/>
+              </a:xfrm>
+              <a:prstGeom prst="bentConnector3">
+                <a:avLst>
+                  <a:gd name="adj1" fmla="val 99976"/>
+                </a:avLst>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln w="19050" cap="flat" cmpd="sng">
+                <a:solidFill>
+                  <a:srgbClr val="FC2953"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+                <a:round/>
+                <a:headEnd type="none" w="med" len="med"/>
+                <a:tailEnd type="stealth" w="med" len="med"/>
+              </a:ln>
+            </p:spPr>
+          </p:cxnSp>
+          <p:cxnSp>
+            <p:nvCxnSpPr>
+              <p:cNvPr id="21" name="Elbow Connector 20">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A04F1D7A-E664-953E-ECBE-ABC2BAC9D03F}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvCxnSpPr>
+                <a:cxnSpLocks/>
+              </p:cNvCxnSpPr>
+              <p:nvPr/>
+            </p:nvCxnSpPr>
+            <p:spPr>
+              <a:xfrm flipV="1">
+                <a:off x="2255001" y="3094982"/>
+                <a:ext cx="2544152" cy="188402"/>
+              </a:xfrm>
+              <a:prstGeom prst="bentConnector3">
+                <a:avLst>
+                  <a:gd name="adj1" fmla="val 100061"/>
+                </a:avLst>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln w="19050" cap="flat" cmpd="sng">
+                <a:solidFill>
+                  <a:srgbClr val="FC2953"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+                <a:round/>
+                <a:headEnd type="none" w="med" len="med"/>
+                <a:tailEnd type="stealth" w="med" len="med"/>
+              </a:ln>
+            </p:spPr>
+          </p:cxnSp>
+        </p:grpSp>
+      </p:grpSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4275389834"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Rectangle 25">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA5CB7E5-7E8C-B8C4-4A97-602A5BB08142}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="471918" y="2672823"/>
+            <a:ext cx="10840559" cy="3413514"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="5398D3">
+              <a:alpha val="12157"/>
+            </a:srgbClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" sz="3200"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5358872E-FE26-CE64-CBA6-CE6FF134832C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="374904" y="330278"/>
+            <a:ext cx="11670133" cy="586876"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3800" dirty="0">
+                <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Evidence-Based Practice Summary</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DFD8A08-73FE-364D-8C2E-08476FDA290D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="421120" y="1225346"/>
+            <a:ext cx="8025353" cy="1311036"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="1600"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Sedation-free TNE has been available and reported in the United States and around the world since 1994. Multiple studies document its safety, reliability, and ease of learning. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="1600"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Studies in the pediatric population have documented reliable biopsies, increased patient safety, improved efficiency, cost/charge savings, high success rate, and high patient satisfaction</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D898FF6-627B-05D9-0A7C-9910A7C27A92}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en" smtClean="0"/>
+              <a:pPr/>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Subtitle 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51450AA7-887A-4CCB-148E-36E1B67853CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="930322" y="2965294"/>
+            <a:ext cx="7635734" cy="244639"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Highlighted Publications Featuring EvoEndo</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="16" name="Google Shape;620;p58">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26ECB156-D46F-B061-23EC-A77B0A05A981}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="8495690" y="751506"/>
+            <a:ext cx="2860000" cy="2724868"/>
+            <a:chOff x="618300" y="2186549"/>
+            <a:chExt cx="2145000" cy="2043651"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="17" name="Google Shape;621;p58">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7863D533-2351-AEB6-CEF5-9DA635B3594B}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvGrpSpPr/>
+            <p:nvPr/>
+          </p:nvGrpSpPr>
+          <p:grpSpPr>
+            <a:xfrm>
+              <a:off x="618300" y="2186549"/>
+              <a:ext cx="2145000" cy="2043651"/>
+              <a:chOff x="618600" y="2064799"/>
+              <a:chExt cx="2145000" cy="2043651"/>
+            </a:xfrm>
+          </p:grpSpPr>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="19" name="Google Shape;622;p58">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73966FED-256F-549A-1B18-47F1C7917018}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="669274" y="2064799"/>
+                <a:ext cx="2043651" cy="2043651"/>
+              </a:xfrm>
+              <a:prstGeom prst="ellipse">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:ln w="76200" cap="flat" cmpd="sng">
+                <a:solidFill>
+                  <a:srgbClr val="5398D3"/>
+                </a:solidFill>
+                <a:prstDash val="solid"/>
+                <a:round/>
+                <a:headEnd type="none" w="sm" len="sm"/>
+                <a:tailEnd type="none" w="sm" len="sm"/>
+              </a:ln>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="121900" tIns="121900" rIns="121900" bIns="121900" anchor="ctr" anchorCtr="0">
+                <a:noAutofit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:endParaRPr sz="3200" dirty="0"/>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+          <p:grpSp>
+            <p:nvGrpSpPr>
+              <p:cNvPr id="20" name="Google Shape;623;p58">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A74EE9A-EA90-31A4-92BF-B2547C67B1B8}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvGrpSpPr/>
+              <p:nvPr/>
+            </p:nvGrpSpPr>
+            <p:grpSpPr>
+              <a:xfrm>
+                <a:off x="618600" y="2241986"/>
+                <a:ext cx="2145000" cy="1255554"/>
+                <a:chOff x="594325" y="1650911"/>
+                <a:chExt cx="2145000" cy="1255554"/>
+              </a:xfrm>
+            </p:grpSpPr>
+            <p:cxnSp>
+              <p:nvCxnSpPr>
+                <p:cNvPr id="21" name="Google Shape;624;p58">
+                  <a:extLst>
+                    <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                      <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF7BC865-3C9F-9149-298D-28456539ABDE}"/>
+                    </a:ext>
+                  </a:extLst>
+                </p:cNvPr>
+                <p:cNvCxnSpPr/>
+                <p:nvPr/>
+              </p:nvCxnSpPr>
+              <p:spPr>
+                <a:xfrm>
+                  <a:off x="1001425" y="2906465"/>
+                  <a:ext cx="1330800" cy="0"/>
+                </a:xfrm>
+                <a:prstGeom prst="straightConnector1">
+                  <a:avLst/>
+                </a:prstGeom>
+                <a:noFill/>
+                <a:ln w="19050" cap="flat" cmpd="sng">
+                  <a:solidFill>
+                    <a:srgbClr val="5398D3"/>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                  <a:round/>
+                  <a:headEnd type="none" w="med" len="med"/>
+                  <a:tailEnd type="none" w="med" len="med"/>
+                </a:ln>
+              </p:spPr>
+            </p:cxnSp>
+            <p:sp>
+              <p:nvSpPr>
+                <p:cNvPr id="22" name="Google Shape;625;p58">
+                  <a:extLst>
+                    <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                      <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EBDBE68-CF4B-D4FF-0BE8-52DFF54D02A4}"/>
+                    </a:ext>
+                  </a:extLst>
+                </p:cNvPr>
+                <p:cNvSpPr txBox="1"/>
+                <p:nvPr/>
+              </p:nvSpPr>
+              <p:spPr>
+                <a:xfrm>
+                  <a:off x="825175" y="1650911"/>
+                  <a:ext cx="1683300" cy="807883"/>
+                </a:xfrm>
+                <a:prstGeom prst="rect">
+                  <a:avLst/>
+                </a:prstGeom>
+                <a:noFill/>
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+              </p:spPr>
+              <p:txBody>
+                <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="121900" tIns="121900" rIns="121900" bIns="121900" anchor="t" anchorCtr="0">
+                  <a:spAutoFit/>
+                </a:bodyPr>
+                <a:lstStyle/>
+                <a:p>
+                  <a:pPr algn="ctr"/>
+                  <a:r>
+                    <a:rPr lang="en" sz="5400" dirty="0">
+                      <a:solidFill>
+                        <a:srgbClr val="5398D3"/>
+                      </a:solidFill>
+                      <a:latin typeface="Roboto Black"/>
+                      <a:ea typeface="Roboto Black"/>
+                      <a:cs typeface="Roboto Black"/>
+                      <a:sym typeface="Roboto Black"/>
+                    </a:rPr>
+                    <a:t>300+</a:t>
+                  </a:r>
+                  <a:endParaRPr sz="5400" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="5398D3"/>
+                    </a:solidFill>
+                    <a:latin typeface="Roboto Black"/>
+                    <a:ea typeface="Roboto Black"/>
+                    <a:cs typeface="Roboto Black"/>
+                    <a:sym typeface="Roboto Black"/>
+                  </a:endParaRPr>
+                </a:p>
+              </p:txBody>
+            </p:sp>
+            <p:sp>
+              <p:nvSpPr>
+                <p:cNvPr id="23" name="Google Shape;626;p58">
+                  <a:extLst>
+                    <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                      <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08750E1F-0076-3DF0-337D-1CEDF8ED56D0}"/>
+                    </a:ext>
+                  </a:extLst>
+                </p:cNvPr>
+                <p:cNvSpPr txBox="1"/>
+                <p:nvPr/>
+              </p:nvSpPr>
+              <p:spPr>
+                <a:xfrm>
+                  <a:off x="594325" y="2289886"/>
+                  <a:ext cx="2145000" cy="600134"/>
+                </a:xfrm>
+                <a:prstGeom prst="rect">
+                  <a:avLst/>
+                </a:prstGeom>
+                <a:noFill/>
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+              </p:spPr>
+              <p:txBody>
+                <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="121900" tIns="121900" rIns="121900" bIns="121900" anchor="t" anchorCtr="0">
+                  <a:spAutoFit/>
+                </a:bodyPr>
+                <a:lstStyle/>
+                <a:p>
+                  <a:pPr algn="ctr"/>
+                  <a:r>
+                    <a:rPr lang="en" sz="1800" dirty="0">
+                      <a:solidFill>
+                        <a:srgbClr val="434343"/>
+                      </a:solidFill>
+                      <a:latin typeface="Roboto"/>
+                      <a:ea typeface="Roboto"/>
+                      <a:cs typeface="Roboto"/>
+                      <a:sym typeface="Roboto"/>
+                    </a:rPr>
+                    <a:t>Published articles</a:t>
+                  </a:r>
+                  <a:br>
+                    <a:rPr lang="en" sz="1800" dirty="0">
+                      <a:solidFill>
+                        <a:srgbClr val="434343"/>
+                      </a:solidFill>
+                      <a:latin typeface="Roboto"/>
+                      <a:ea typeface="Roboto"/>
+                      <a:cs typeface="Roboto"/>
+                      <a:sym typeface="Roboto"/>
+                    </a:rPr>
+                  </a:br>
+                  <a:r>
+                    <a:rPr lang="en" sz="1800" dirty="0">
+                      <a:solidFill>
+                        <a:srgbClr val="434343"/>
+                      </a:solidFill>
+                      <a:latin typeface="Roboto"/>
+                      <a:ea typeface="Roboto"/>
+                      <a:cs typeface="Roboto"/>
+                      <a:sym typeface="Roboto"/>
+                    </a:rPr>
+                    <a:t>on TNE</a:t>
+                  </a:r>
+                  <a:endParaRPr sz="1800" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="434343"/>
+                    </a:solidFill>
+                    <a:latin typeface="Roboto"/>
+                    <a:ea typeface="Roboto"/>
+                    <a:cs typeface="Roboto"/>
+                    <a:sym typeface="Roboto"/>
+                  </a:endParaRPr>
+                </a:p>
+              </p:txBody>
+            </p:sp>
+          </p:grpSp>
+        </p:grpSp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="18" name="Google Shape;627;p58">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{341E34FE-8C2E-5051-B70B-8263F3B24730}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr preferRelativeResize="0"/>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill rotWithShape="1">
+            <a:blip r:embed="rId3" cstate="screen">
+              <a:alphaModFix/>
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect l="5679" t="31916" r="20655" b="32836"/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="1174350" y="3687250"/>
+              <a:ext cx="1106366" cy="393600"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29" name="TextBox 28">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{852C3730-35E2-7A1A-1DC8-B33CF8FD48F0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="804031" y="5547989"/>
+            <a:ext cx="5350148" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial"/>
+                <a:hlinkClick r:id="rId4">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>Click Here for Additional Literature</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Arial"/>
+              <a:hlinkClick r:id="rId5">
+                <a:extLst>
+                  <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                    <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                  </a:ext>
+                </a:extLst>
+              </a:hlinkClick>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C1EB50C-EC92-03C2-3EF2-1378C949AC06}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="837897" y="3585341"/>
+            <a:ext cx="4528898" cy="1771062"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2020"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Office-Based Sedation-Free Transnasal Esophagogastroduodenoscopy (TN-EGD) </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>With Biopsies Using Single-Use Gastroscopes: A Pediatric Single-Center Experience</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Smadi Y, Bittar K, et al. JPGN Reports, 2023: E-Pub</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" i="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent6"/>
+              </a:solidFill>
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5398D4"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:hlinkClick r:id="rId6">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://onlinelibrary.wiley.com/doi/10.1002/jpr3.12025</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="800" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="5398D4"/>
+              </a:solidFill>
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02178295-D884-C3E0-349E-5E017488065D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5811105" y="3596403"/>
+            <a:ext cx="5001786" cy="1744067"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Safety and Efficacy of a Novel Ultrathin </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Gastroscope for Unsedated Transnasal </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" spc="-50" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Endoscopy </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1600" spc="-50" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" spc="-50" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>in Children and Adults for Evaluation </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6D"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>of Upper Gastrointestinal Disorders </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Thavamani A, Ryan M, Leinwand K, et al. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>iGIE</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, 2024: E-Pub </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" spc="-100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5398D4"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:hlinkClick r:id="rId7">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://www.researchgate.net/publication/376790857_Safety_and_Efficacy_of_a_Novel_Ultrathin_Gastroscope_for_Unsedated_Transnasal_Endoscopy_in_Children_and_Adults_for_Evaluation_of_Upper_Gastrointestinal_Disorders</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="800" spc="-100" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="5398D4"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4146531549"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68561A2D-1F27-BACC-77CE-AA070C739AD2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70E27149-20A8-25A8-C697-6F22D7B2D902}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en" smtClean="0"/>
+              <a:pPr/>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Content Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32AE8DDF-D642-E58C-9EF0-2C4464F4C3DA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3288113" y="1247907"/>
+            <a:ext cx="8393906" cy="1206535"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228594" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685783" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1142971" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600160" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057349" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514537" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971726" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3428914" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886103" indent="-228594" algn="l" defTabSz="914377" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPts val="2373"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" i="1" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent4"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>The EvoEndo Endoscopy System is the only FDA-cleared product designed specifically </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent4"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>for pediatric patients of all ages, enabling traditional transoral endoscopy and introducing a sedation-free, lower-risk, and cost-effective alternative.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" i="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent4"/>
+              </a:solidFill>
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Content Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{504654F4-E996-A959-BD86-ACBF20AB6B47}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3283511" y="2502599"/>
+            <a:ext cx="4081179" cy="3413819"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="171450" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="750"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2100" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="514350" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="857250" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1500" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1200150" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1543050" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="1885950" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2228850" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="2571750" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="2914650" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5398D3"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Safety</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Sedation-free TNE eliminates the </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>need for general anesthesia</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0">
+              <a:highlight>
+                <a:srgbClr val="FFFF00"/>
+              </a:highlight>
+              <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Single-use design decreases the </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>risk of cross-contamination</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5398D3"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Efficiency</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="5398D3"/>
+              </a:solidFill>
+              <a:latin typeface="Nunito SemiBold" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Reduced NPO time, no pre- or </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>post-procedure recovery time</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0">
+              <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>A functional scope is always available, no reprocessing time required</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0">
+              <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Title 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{746E19EA-7525-07CF-0319-AFD84E18DEE7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="372533" y="330278"/>
+            <a:ext cx="10132623" cy="586876"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002E6C"/>
+                </a:solidFill>
+                <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>The Future of Endoscopy is Here</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002E6C"/>
+              </a:solidFill>
+              <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Content Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FCF2246-2AE9-94B1-2DAD-774246DD4E57}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7505629" y="2502599"/>
+            <a:ext cx="4242663" cy="3806727"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="171450" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="750"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2100" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="514350" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="857250" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1500" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1200150" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1543050" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="1885950" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2228850" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="2571750" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="2914650" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5398D3"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Affordability</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="5398D3"/>
+              </a:solidFill>
+              <a:latin typeface="Nunito SemiBold" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Lower up-front capital expenses</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>No scope maintenance, repairs, </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>or reprocessing costs</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5398D3"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Productivity</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="5398D3"/>
+              </a:solidFill>
+              <a:latin typeface="Nunito SemiBold" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Frees up sedated treatment areas for higher-margin procedures</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Reduces procedural backlogs</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Improved patient no-show rates by decreasing wait times</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Relieves staffing/anesthesia shortages</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="15" name="Group 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B14B0C4-FDA7-8D8D-C837-429A7AF9A9CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="389661" y="1950616"/>
+            <a:ext cx="2630405" cy="3915706"/>
+            <a:chOff x="288097" y="1545642"/>
+            <a:chExt cx="2630405" cy="3915706"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="7" name="Picture 6" descr="A white and blue game controller&#10;&#10;Description automatically generated">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9ED27B3A-5808-A20E-31AA-984F9A94D3A2}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill rotWithShape="1">
+            <a:blip r:embed="rId3" cstate="print">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect l="22177" t="13350" r="25422"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="288097" y="1545642"/>
+              <a:ext cx="2630405" cy="3915706"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="13" name="Straight Connector 12">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3BBA2A6D-C673-307A-852F-76549C688E90}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+            </p:cNvCxnSpPr>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="609285" y="5461348"/>
+              <a:ext cx="2209071" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="12700"/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+      </p:grpSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="407439370"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F0C7C84-AE1C-11FC-D49F-394F26B4FDC7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:srcRect l="30226" r="-2411" b="13717"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="8595399" cy="6857999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFB08968-5EF0-EB33-F38B-F6CE8DCDD104}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000">
+            <a:off x="3625587" y="-1"/>
+            <a:ext cx="5293432" cy="6857999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="35000">
+                <a:schemeClr val="bg1"/>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="0"/>
+                  <a:lumOff val="100000"/>
+                  <a:alpha val="0"/>
+                </a:schemeClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="0" scaled="0"/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>r</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AD36DA9-EABA-6519-E7AA-9C26481F3B40}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en" smtClean="0"/>
+              <a:pPr/>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Subtitle 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55070F8E-A782-5BB0-1DAB-DDB305174057}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6885553" y="1332714"/>
+            <a:ext cx="3149856" cy="488772"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Indications for Use</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Google Shape;747;p73">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E607B90D-DB14-3C36-3AEA-6805FBEF7CE7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6767762" y="1672508"/>
+            <a:ext cx="4650205" cy="2722843"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="121900" tIns="121900" rIns="121900" bIns="121900" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="2133"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Roboto"/>
+              </a:rPr>
+              <a:t>The EvoEndo Model LE Gastroscope is intended for the visualization of the upper digestive tract in adults and pediatric patients, specifically for the observation, diagnosis, and endoscopic treatment of the esophagus, stomach, and duodenal bulb. The gastroscope is a sterile, single-use device and can be inserted orally or transnasally. The EvoEndo Controller is intended for use with an </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Roboto"/>
+              </a:rPr>
+              <a:t>EvoEndo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Roboto"/>
+              </a:rPr>
+              <a:t> Endoscope for endoscopic diagnosis, treatment, and video observation. </a:t>
+            </a:r>
+            <a:endParaRPr sz="1400" dirty="0">
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:sym typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="8" name="Group 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE0B4C41-1B76-FE4B-D2B5-429B09870CC5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="7532532" y="4299602"/>
+            <a:ext cx="2730635" cy="2028782"/>
+            <a:chOff x="6514526" y="2440860"/>
+            <a:chExt cx="3596167" cy="2671847"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="7" name="Oval 6">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C307EFA-00EB-1EC2-21DD-EDB2D0E9DD52}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6936275" y="2499082"/>
+              <a:ext cx="2613625" cy="2613625"/>
+            </a:xfrm>
+            <a:prstGeom prst="ellipse">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+            <a:ln w="41275">
+              <a:solidFill>
+                <a:srgbClr val="5398D3"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1">
+                <a:shade val="15000"/>
+              </a:schemeClr>
+            </a:lnRef>
+            <a:fillRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="ctr"/>
+              <a:endParaRPr lang="en-US"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="28" name="Picture 27" descr="A black box with a white cord&#10;&#10;Description automatically generated">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B66BDFA-BBA8-D92B-D0EB-2B7B5E31F15C}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId4" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6514526" y="2440860"/>
+              <a:ext cx="3596167" cy="2397928"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="2" name="Group 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B683F0D6-E8F4-D9E9-20F2-9489B52DCAC9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="659388" y="6453330"/>
+            <a:ext cx="3990235" cy="292388"/>
+            <a:chOff x="494541" y="4839997"/>
+            <a:chExt cx="2992676" cy="219291"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="9" name="Google Shape;10;p1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4CE29123-194C-3494-3D09-076F49D378C6}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="630167" y="4839997"/>
+              <a:ext cx="2857050" cy="219291"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="68575" tIns="68575" rIns="68575" bIns="68575" anchor="t" anchorCtr="0">
+              <a:noAutofit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" sz="600" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  <a:ea typeface="Helvetica Neue"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Helvetica Neue"/>
+                </a:rPr>
+                <a:t>© EvoEndo Inc.® All Rights Reserved. </a:t>
+              </a:r>
+              <a:br>
+                <a:rPr lang="en-US" sz="600" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  <a:ea typeface="Helvetica Neue"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Helvetica Neue"/>
+                </a:rPr>
+              </a:br>
+              <a:r>
+                <a:rPr lang="en-US" sz="600" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  <a:ea typeface="Helvetica Neue"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:sym typeface="Helvetica Neue"/>
+                </a:rPr>
+                <a:t>US: Rx Only. For use by trained physicians only. MKT-3 Rev 8.0 </a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:endParaRPr lang="en-US" sz="600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Helvetica Neue"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Helvetica Neue"/>
+              </a:endParaRPr>
+            </a:p>
+            <a:p>
+              <a:endParaRPr lang="en-US" sz="600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Helvetica Neue"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Helvetica Neue"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="10" name="Google Shape;7;p1">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B154A911-7ECB-3E55-DD22-6224B5964C3D}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr preferRelativeResize="0"/>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId5" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                  <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                    <a14:imgLayer r:embed="rId6">
+                      <a14:imgEffect>
+                        <a14:saturation sat="0"/>
+                      </a14:imgEffect>
+                    </a14:imgLayer>
+                  </a14:imgProps>
+                </a:ext>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="494541" y="4891820"/>
+              <a:ext cx="135626" cy="135626"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Rectangle 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B8E0421-7AD3-A6ED-C32C-F08B7696BB7A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="3198411" y="-3198415"/>
+            <a:ext cx="1332716" cy="7729542"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="100000"/>
+                  <a:alpha val="69000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="0"/>
+                  <a:lumOff val="100000"/>
+                  <a:alpha val="0"/>
+                </a:schemeClr>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="0" scaled="0"/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Title 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30CD5885-5E28-3A4E-AFD2-75A923020D1F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="374905" y="330277"/>
+            <a:ext cx="10326434" cy="586879"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3800" dirty="0">
+                <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>EvoEndo Single-Use Endoscopy System</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3316360260"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C999CCA6-9B98-B699-7A46-1A35FBCF1386}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6405D656-474A-04F9-3876-20E78DCF8A94}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="374904" y="329184"/>
+            <a:ext cx="11670133" cy="586876"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3800" dirty="0">
+                <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>EvoEndo Model LE Single-Use Gastroscope</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{931D1288-05C5-507A-AE54-67515ED0B5D9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en" smtClean="0"/>
+              <a:pPr/>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Subtitle 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6EA3E68-A9E0-DD7F-78D0-1234BE8C33BC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="467390" y="1168848"/>
+            <a:ext cx="11644975" cy="393600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Product Specifications</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85D15911-AEA6-74F3-212F-655405621587}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="353484" y="1725107"/>
+            <a:ext cx="5142344" cy="1626052"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="171450" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="750"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2100" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="514350" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="857250" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1500" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1200150" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1543050" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="1885950" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2228850" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="2571750" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="2914650" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="375"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1350" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="467"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="300"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Narrow diameter fits smaller nasal anatomy</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="467"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="300"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Enables full </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>transnasal</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t> EGD</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="467"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="300"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>ChannelMax</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" baseline="30000" dirty="0" err="1">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>TM</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t> technology accommodates most</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>standard pediatric accessories</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="467"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="300"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Reduces risk of scope cross-contamination</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Content Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{471E0546-F988-F90E-4A8F-430CBCAA44C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="36864"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5416848" y="1437907"/>
+            <a:ext cx="5587013" cy="5420093"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Content Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A15822E2-3BE5-55FB-377A-79E0E6629704}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="831" t="55053" r="68708"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1891949" y="3712413"/>
+            <a:ext cx="2695557" cy="2436176"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="5" name="Straight Connector 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8858C21D-572F-F188-ED04-AECE88E8018D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1557518" y="6147513"/>
+            <a:ext cx="2962256" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700"/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="328963147"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15287E08-8E2E-6960-63A8-52E64BF4D816}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="519485" y="330278"/>
-            <a:ext cx="4269331" cy="1079349"/>
+            <a:off x="374904" y="330278"/>
+            <a:ext cx="5640885" cy="1079349"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
-[...8 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="en-US" sz="3800" dirty="0">
+                <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>EvoEndo </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" sz="3800" dirty="0">
+                <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+              </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" sz="3800" dirty="0">
+                <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+              </a:rPr>
               <a:t>Controller</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F967FA7F-8A2F-7CB7-9636-905DA1FF59C0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="519486" y="1563523"/>
             <a:ext cx="4938517" cy="1450037"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="467"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
               <a:t>Lightweight and portable at 6” x 8.5”, 2 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" err="1"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
               <a:t>lbs</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="467"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
               <a:t>Easy to set up – plug and play</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1400">
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="467"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
               <a:t>Easy to scale to multiple sites</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1400">
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="467"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
               <a:t>Integrates with some third-party endoscopy reporting software (e.g., </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" err="1"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
               <a:t>Provation</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
               <a:t>)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C234CAB4-9BB6-4BDE-5DAE-0BAFE5AC73ED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
               <a:rPr lang="en" smtClean="0"/>
               <a:pPr/>
-              <a:t>9</a:t>
+              <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Google Shape;896;p81">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{447BB213-45CD-93EE-C277-0B8D3B72AAC8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId2" cstate="screen">
+          <a:blip r:embed="rId3" cstate="screen">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="20270" t="20351" r="16737" b="21319"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="329694" y="3167456"/>
+            <a:off x="659389" y="3167455"/>
             <a:ext cx="4860615" cy="2999787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6607DBB-7A7A-885D-F12A-7C93844ED5CF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6337582" y="353529"/>
-            <a:ext cx="5061513" cy="609791"/>
+            <a:off x="6337582" y="329184"/>
+            <a:ext cx="5061513" cy="1209994"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="2800" b="1" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="3733"/>
-[...8 lines deleted...]
-              <a:t> Patient</a:t>
+              <a:rPr lang="en-US" sz="3800" dirty="0">
+                <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>EvoEndo Patient</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="3733"/>
+              <a:rPr lang="en-US" sz="3800" dirty="0">
+                <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+              </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="3733"/>
+              <a:rPr lang="en-US" sz="3800" dirty="0">
+                <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+              </a:rPr>
               <a:t>Experience Kit</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" sz="3800" b="0" baseline="30000" dirty="0">
+              <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEF454EF-EC0C-E491-CD78-772689B44DF7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6337675" y="1563523"/>
             <a:ext cx="5223933" cy="1461900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -29702,333 +23930,1802 @@
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="375"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1350" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="467"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
               <a:t>Virtual reality patient distraction via single-use VR goggles</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" baseline="30000" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>2</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="467"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
               <a:t>Stress-relief squeeze ball</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="467"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
               <a:t>Curated, age-appropriate video library at evoendo.com/</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" err="1"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
               <a:t>youtube</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1400">
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+              <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Google Shape;911;p82">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE063D2D-2AD0-E4DB-716C-1D4FD137F166}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId3" cstate="screen">
+          <a:blip r:embed="rId4" cstate="screen">
             <a:alphaModFix/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="15495" t="16919" r="12478" b="12767"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6255027" y="2904876"/>
+            <a:off x="6233364" y="2773517"/>
             <a:ext cx="5417488" cy="3524947"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9623F6A-C6D0-FD8D-9BBD-6555B6CC3078}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9118748" y="6461693"/>
+            <a:ext cx="3342344" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="600" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito Light" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="600" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Nunito Light" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>EvoEndo Patient Experience Kit is not part of the cleared EvoEndo System</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="600" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Nunito Light" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>2. Phone required, not included</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="600" i="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Nunito Light" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0B9540C-1665-062E-BCB9-7C307A96E3AD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9631680" y="872600"/>
+            <a:ext cx="390144" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" baseline="30000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="351287115"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6" descr="Two people smiling&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A87024D-6141-2AFD-C141-0CCCE758C7DC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="3865" r="3727"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8872CFD-6FDE-3F39-7E0C-1209D6901E27}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="374904" y="330278"/>
+            <a:ext cx="8807545" cy="586876"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="3800" dirty="0">
+                <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Patient Benefits</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="11" name="Group 10">
+          <p:cNvPr id="35" name="Group 34">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7D02A3A-A29B-E006-F719-65B2ED403113}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{405673CE-A833-54DF-9379-5B064862A8E1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="659388" y="6453330"/>
-[...2 lines deleted...]
-            <a:chExt cx="3875690" cy="219291"/>
+            <a:off x="462205" y="4534468"/>
+            <a:ext cx="6385267" cy="1453993"/>
+            <a:chOff x="247270" y="3379611"/>
+            <a:chExt cx="4788950" cy="1090495"/>
           </a:xfrm>
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
+        </p:grpSpPr>
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="16" name="Group 15">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4F4B78F-2B6E-C0EF-027D-C362DE5F6791}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvGrpSpPr/>
+            <p:nvPr/>
+          </p:nvGrpSpPr>
+          <p:grpSpPr>
+            <a:xfrm>
+              <a:off x="509157" y="3379611"/>
+              <a:ext cx="4527063" cy="1090495"/>
+              <a:chOff x="3952747" y="2785405"/>
+              <a:chExt cx="4527063" cy="1090495"/>
+            </a:xfrm>
+          </p:grpSpPr>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="17" name="Content Placeholder 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{257B7F70-B56E-53A4-32CD-5B9F91B0F12E}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr txBox="1">
+                <a:spLocks/>
+              </p:cNvSpPr>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="3952747" y="3136525"/>
+                <a:ext cx="4527063" cy="739375"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t">
+                <a:noAutofit/>
+              </a:bodyPr>
+              <a:lstStyle>
+                <a:lvl1pPr marL="171450" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="750"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="2100" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl1pPr>
+                <a:lvl2pPr marL="514350" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl2pPr>
+                <a:lvl3pPr marL="857250" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1500" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl3pPr>
+                <a:lvl4pPr marL="1200150" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1350" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl4pPr>
+                <a:lvl5pPr marL="1543050" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1350" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl5pPr>
+                <a:lvl6pPr marL="1885950" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="90000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1350" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl6pPr>
+                <a:lvl7pPr marL="2228850" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="90000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1350" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl7pPr>
+                <a:lvl8pPr marL="2571750" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="90000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1350" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl8pPr>
+                <a:lvl9pPr marL="2914650" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="90000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1350" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl9pPr>
+              </a:lstStyle>
+              <a:p>
+                <a:pPr>
+                  <a:spcBef>
+                    <a:spcPts val="400"/>
+                  </a:spcBef>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Distraction techniques improve the patient experience </a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr>
+                  <a:spcBef>
+                    <a:spcPts val="400"/>
+                  </a:spcBef>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Family may accompany patient during the procedure</a:t>
+                </a:r>
+                <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  <a:cs typeface="Arial"/>
+                </a:endParaRPr>
+              </a:p>
+              <a:p>
+                <a:pPr>
+                  <a:spcBef>
+                    <a:spcPts val="400"/>
+                  </a:spcBef>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Visual findings can be discussed immediately</a:t>
+                </a:r>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="19" name="TextBox 18">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46D22736-D3AC-A578-6C9A-3C1DB2C66364}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr txBox="1"/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="3979490" y="2785405"/>
+                <a:ext cx="2733897" cy="346249"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr wrap="square">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:spcBef>
+                    <a:spcPts val="1800"/>
+                  </a:spcBef>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-US" b="1" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="5398D3"/>
+                    </a:solidFill>
+                    <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+                    <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  </a:rPr>
+                  <a:t>Patient-Centric</a:t>
+                </a:r>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </p:grpSp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="22" name="Picture 13" descr="Icon&#10;&#10;Description automatically generated">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72FC8A29-DB5A-0D00-07C8-55051A9C53AA}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId4" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="247270" y="3428453"/>
+              <a:ext cx="267526" cy="219945"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="34" name="Group 33">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E170A60C-8575-9412-3786-C609A1C2C65A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="457869" y="2633497"/>
+            <a:ext cx="6389604" cy="1749772"/>
+            <a:chOff x="244017" y="1875373"/>
+            <a:chExt cx="4792203" cy="1312329"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="12" name="Group 11">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{721C880E-E681-5B10-9981-7C9B88E1B004}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvGrpSpPr/>
+            <p:nvPr/>
+          </p:nvGrpSpPr>
+          <p:grpSpPr>
+            <a:xfrm>
+              <a:off x="508828" y="1875373"/>
+              <a:ext cx="4527392" cy="1312329"/>
+              <a:chOff x="3952418" y="2785405"/>
+              <a:chExt cx="4527392" cy="1312329"/>
+            </a:xfrm>
+          </p:grpSpPr>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="13" name="Content Placeholder 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11E4668E-22B9-43DC-566A-8C794E84C1EE}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr txBox="1">
+                <a:spLocks/>
+              </p:cNvSpPr>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="3952747" y="3136526"/>
+                <a:ext cx="4527063" cy="961208"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t">
+                <a:noAutofit/>
+              </a:bodyPr>
+              <a:lstStyle>
+                <a:lvl1pPr marL="171450" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="750"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="2100" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl1pPr>
+                <a:lvl2pPr marL="514350" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl2pPr>
+                <a:lvl3pPr marL="857250" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1500" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl3pPr>
+                <a:lvl4pPr marL="1200150" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1350" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl4pPr>
+                <a:lvl5pPr marL="1543050" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1350" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl5pPr>
+                <a:lvl6pPr marL="1885950" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="90000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1350" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl6pPr>
+                <a:lvl7pPr marL="2228850" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="90000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1350" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl7pPr>
+                <a:lvl8pPr marL="2571750" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="90000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1350" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl8pPr>
+                <a:lvl9pPr marL="2914650" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="90000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1350" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl9pPr>
+              </a:lstStyle>
+              <a:p>
+                <a:pPr>
+                  <a:spcBef>
+                    <a:spcPts val="400"/>
+                  </a:spcBef>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Quicker recovery</a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr>
+                  <a:spcBef>
+                    <a:spcPts val="400"/>
+                  </a:spcBef>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Less fasting time, less time in clinic, less disruption  </a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr>
+                  <a:spcBef>
+                    <a:spcPts val="400"/>
+                  </a:spcBef>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>Reduced burden on caregivers </a:t>
+                </a:r>
+                <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  <a:cs typeface="Arial"/>
+                </a:endParaRPr>
+              </a:p>
+              <a:p>
+                <a:pPr>
+                  <a:spcBef>
+                    <a:spcPts val="400"/>
+                  </a:spcBef>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>More frequent scoping </a:t>
+                </a:r>
+                <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204"/>
+                </a:endParaRPr>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="15" name="TextBox 14">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC41EC02-C02D-59AE-A053-268C2B69943C}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr txBox="1"/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="3952418" y="2785405"/>
+                <a:ext cx="1864400" cy="369332"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr wrap="square" lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:spcBef>
+                    <a:spcPts val="1800"/>
+                  </a:spcBef>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-US" b="1" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="5398D3"/>
+                    </a:solidFill>
+                    <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+                    <a:cs typeface="Arial"/>
+                  </a:rPr>
+                  <a:t>Convenient</a:t>
+                </a:r>
+                <a:endParaRPr lang="en-US" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="5398D3"/>
+                  </a:solidFill>
+                  <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </p:grpSp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="23" name="Picture 25" descr="Icon&#10;&#10;Description automatically generated">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7498C356-972F-CF58-C224-5FF6D9A95596}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId5" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="244017" y="1923394"/>
+              <a:ext cx="267526" cy="267526"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="36" name="Group 35">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2621361C-804D-5449-85AD-DBF80359BBE7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="495979" y="1326015"/>
+            <a:ext cx="5657227" cy="1275636"/>
+            <a:chOff x="272600" y="793536"/>
+            <a:chExt cx="4242920" cy="956727"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="8" name="Group 7">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB9F85D6-2DEC-5689-C45A-62E6EE200A49}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvGrpSpPr/>
+            <p:nvPr/>
+          </p:nvGrpSpPr>
+          <p:grpSpPr>
+            <a:xfrm>
+              <a:off x="509157" y="793536"/>
+              <a:ext cx="4006363" cy="956727"/>
+              <a:chOff x="3952747" y="2785405"/>
+              <a:chExt cx="4006363" cy="956727"/>
+            </a:xfrm>
+          </p:grpSpPr>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="9" name="Content Placeholder 1">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35C48656-863C-35B0-0F5E-122C712018EB}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr txBox="1">
+                <a:spLocks/>
+              </p:cNvSpPr>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="3952747" y="3136525"/>
+                <a:ext cx="4006363" cy="605607"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t">
+                <a:noAutofit/>
+              </a:bodyPr>
+              <a:lstStyle>
+                <a:lvl1pPr marL="171450" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="750"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="2100" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl1pPr>
+                <a:lvl2pPr marL="514350" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1800" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl2pPr>
+                <a:lvl3pPr marL="857250" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1500" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl3pPr>
+                <a:lvl4pPr marL="1200150" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1350" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl4pPr>
+                <a:lvl5pPr marL="1543050" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="100000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1350" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl5pPr>
+                <a:lvl6pPr marL="1885950" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="90000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1350" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl6pPr>
+                <a:lvl7pPr marL="2228850" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="90000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1350" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl7pPr>
+                <a:lvl8pPr marL="2571750" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="90000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1350" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl8pPr>
+                <a:lvl9pPr marL="2914650" indent="-171450" algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                  <a:lnSpc>
+                    <a:spcPct val="90000"/>
+                  </a:lnSpc>
+                  <a:spcBef>
+                    <a:spcPts val="375"/>
+                  </a:spcBef>
+                  <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:buChar char="•"/>
+                  <a:defRPr sz="1350" kern="1200">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:lvl9pPr>
+              </a:lstStyle>
+              <a:p>
+                <a:pPr>
+                  <a:spcBef>
+                    <a:spcPts val="400"/>
+                  </a:spcBef>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>No needles, no anesthesia</a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr>
+                  <a:spcBef>
+                    <a:spcPts val="400"/>
+                  </a:spcBef>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-US" sz="1400" dirty="0">
+                    <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  </a:rPr>
+                  <a:t>No risk of infection from cross-contamination</a:t>
+                </a:r>
+                <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="11" name="TextBox 10">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A04479F-CE8F-5389-7CAC-EA863D0C0584}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr txBox="1"/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="3961442" y="2785405"/>
+                <a:ext cx="1036031" cy="369332"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr wrap="square" lIns="121920" tIns="60960" rIns="121920" bIns="60960" anchor="t">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:spcBef>
+                    <a:spcPts val="1800"/>
+                  </a:spcBef>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-US" b="1" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="5398D3"/>
+                    </a:solidFill>
+                    <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+                    <a:cs typeface="Arial"/>
+                  </a:rPr>
+                  <a:t>Safe</a:t>
+                </a:r>
+                <a:endParaRPr lang="en-US" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="5398D3"/>
+                  </a:solidFill>
+                  <a:latin typeface="Outfit" pitchFamily="2" charset="0"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:endParaRPr>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </p:grpSp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="25" name="Picture 14" descr="Icon&#10;&#10;Description automatically generated">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D0451B2-76D9-894A-1546-376A34A28EF0}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId6" cstate="screen">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="272600" y="844157"/>
+              <a:ext cx="233172" cy="259553"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="28" name="Picture 36">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92D828A1-232E-22FD-64C7-5BCD5A9980BB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10758905" y="272290"/>
+            <a:ext cx="1181304" cy="287045"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7346EC4C-A346-CE31-F142-EE9D8FD76374}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1" y="6417631"/>
+            <a:ext cx="659388" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="121920" tIns="60960" rIns="121920" bIns="60960" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="accent4"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{00000000-1234-1234-1234-123412341234}" type="slidenum">
+              <a:rPr lang="en" sz="1200"/>
+              <a:pPr/>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en" sz="1200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="31" name="Group 30">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5DC9A65-0A2D-B55A-3A13-2345AE1BD7D7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="659388" y="6463963"/>
+            <a:ext cx="3990235" cy="292388"/>
+            <a:chOff x="494541" y="4855042"/>
+            <a:chExt cx="2992676" cy="219291"/>
+          </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="12" name="Google Shape;10;p1">
+            <p:cNvPr id="32" name="Google Shape;10;p1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6A82A31-9F55-FC93-BCDA-EBF0DDEA6401}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E9767EDB-6FB9-1244-9C5C-23330C54D58C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="630167" y="4839997"/>
-              <a:ext cx="3740064" cy="219291"/>
+              <a:off x="630167" y="4855042"/>
+              <a:ext cx="2857050" cy="219291"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
-            <a:grpFill/>
+            <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
           <p:txBody>
             <a:bodyPr spcFirstLastPara="1" wrap="square" lIns="68575" tIns="68575" rIns="68575" bIns="68575" anchor="t" anchorCtr="0">
               <a:noAutofit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
-                <a:rPr lang="en-US" sz="600">
+                <a:rPr lang="en-US" sz="600" dirty="0">
                   <a:solidFill>
-                    <a:srgbClr val="CBCBCB"/>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="40000"/>
+                      <a:lumOff val="60000"/>
+                    </a:schemeClr>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
                   <a:ea typeface="Helvetica Neue"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:sym typeface="Helvetica Neue"/>
                 </a:rPr>
-                <a:t>© EvoEndo Inc. All Rights Reserved. The EvoEndo</a:t>
-[...47 lines deleted...]
-                <a:t> System.</a:t>
+                <a:t>© EvoEndo Inc.® All Rights Reserved. </a:t>
               </a:r>
               <a:br>
-                <a:rPr lang="en-US" sz="600">
+                <a:rPr lang="en-US" sz="600" dirty="0">
                   <a:solidFill>
-                    <a:srgbClr val="CBCBCB"/>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="40000"/>
+                      <a:lumOff val="60000"/>
+                    </a:schemeClr>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
                   <a:ea typeface="Helvetica Neue"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:sym typeface="Helvetica Neue"/>
                 </a:rPr>
               </a:br>
               <a:r>
-                <a:rPr lang="en-US" sz="600">
+                <a:rPr lang="en-US" sz="600" dirty="0">
                   <a:solidFill>
-                    <a:srgbClr val="CBCBCB"/>
+                    <a:schemeClr val="tx1">
+                      <a:lumMod val="40000"/>
+                      <a:lumOff val="60000"/>
+                    </a:schemeClr>
                   </a:solidFill>
-                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
                   <a:ea typeface="Helvetica Neue"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:sym typeface="Helvetica Neue"/>
                 </a:rPr>
-                <a:t>US: Rx Only. For use by trained physicians only. MKT-3 Rev 5.0 </a:t>
+                <a:t>US: Rx Only. For use by trained physicians only. MKT-3 Rev 8.0 </a:t>
               </a:r>
             </a:p>
             <a:p>
-              <a:endParaRPr lang="en-US" sz="600">
+              <a:endParaRPr lang="en-US" sz="600" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="CBCBCB"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="40000"/>
+                    <a:lumOff val="60000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
                 <a:ea typeface="Helvetica Neue"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:sym typeface="Helvetica Neue"/>
               </a:endParaRPr>
             </a:p>
             <a:p>
-              <a:endParaRPr lang="en-US" sz="600">
+              <a:endParaRPr lang="en-US" sz="600" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="CBCBCB"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="40000"/>
+                    <a:lumOff val="60000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Nunito" pitchFamily="2" charset="77"/>
                 <a:ea typeface="Helvetica Neue"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:sym typeface="Helvetica Neue"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="13" name="Google Shape;7;p1">
+            <p:cNvPr id="33" name="Google Shape;7;p1">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5C88BC2-BABE-6726-165B-3F030869D6C4}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{928D9007-7542-F20B-2B40-397B485DC6FD}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr preferRelativeResize="0"/>
             <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill>
-            <a:blip r:embed="rId4" cstate="screen">
+            <a:blip r:embed="rId8" cstate="screen">
               <a:duotone>
                 <a:prstClr val="black"/>
                 <a:schemeClr val="tx2">
                   <a:tint val="45000"/>
                   <a:satMod val="400000"/>
                 </a:schemeClr>
               </a:duotone>
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch/>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
-              <a:off x="494541" y="4891820"/>
+              <a:off x="494541" y="4898890"/>
               <a:ext cx="135626" cy="135626"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
-            <a:grpFill/>
+            <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </p:spPr>
         </p:pic>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="351287115"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="40803627"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="EvoEndo PPT Master Theme File - v1.0">
   <a:themeElements>
     <a:clrScheme name="EvoEndo Colors">
       <a:dk1>
         <a:srgbClr val="434143"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="595959"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -30256,50 +25953,251 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="EvoEndo PPT Master Theme File - v1.0" id="{2BCD9162-B025-5647-BE55-E36FB986A125}" vid="{67D9D5D1-A12D-C34C-B4D9-AA2934EB5903}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="EvoEndo PPT Master Theme File - v1.0">
+  <a:themeElements>
+    <a:clrScheme name="Custom 2">
+      <a:dk1>
+        <a:srgbClr val="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:srgbClr val="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="0E2841"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E8E8E8"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="002D6C"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="5951D3"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="8AB9D8"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="5398D2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="BFC0BE"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="CF0D2E"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="00AFF0"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="001C9A"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Outfit Semibold">
+      <a:majorFont>
+        <a:latin typeface="Outfit-Semibold"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Nunito"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="EvoEndo PPT Master Theme File - v1.0" id="{2BCD9162-B025-5647-BE55-E36FB986A125}" vid="{67D9D5D1-A12D-C34C-B4D9-AA2934EB5903}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <a:themeElements>
     <a:clrScheme name="Default">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="158158"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="F3F3F3"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="058DC7"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="50B432"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="ED561B"/>
       </a:accent3>
       <a:accent4>
@@ -30536,51 +26434,51 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/theme/theme4.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
@@ -30835,102 +26733,108 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>EvoEndo PPT Master Theme File - v1.0</Template>
   <TotalTime></TotalTime>
-  <Words>2658</Words>
+  <Words>2111</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>267</Paragraphs>
-[...2 lines deleted...]
-  <HiddenSlides>7</HiddenSlides>
+  <Paragraphs>239</Paragraphs>
+  <Slides>20</Slides>
+  <Notes>16</Notes>
+  <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>21</vt:i4>
+        <vt:i4>20</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="27" baseType="lpstr">
+    <vt:vector size="32" baseType="lpstr">
+      <vt:lpstr>Outfit SemiBold</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Courier New,monospace</vt:lpstr>
+      <vt:lpstr>Outfit</vt:lpstr>
+      <vt:lpstr>Nunito</vt:lpstr>
+      <vt:lpstr>Nunito SemiBold</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
-      <vt:lpstr>Courier New,monospace</vt:lpstr>
+      <vt:lpstr>Roboto Black</vt:lpstr>
+      <vt:lpstr>Nunito Light</vt:lpstr>
       <vt:lpstr>Roboto</vt:lpstr>
-      <vt:lpstr>Roboto Black</vt:lpstr>
-      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>EvoEndo PPT Master Theme File - v1.0</vt:lpstr>
       <vt:lpstr>EvoEndo PPT Master Theme File - v1.0</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
-      <vt:lpstr>Limitations of Traditional Upper Endoscopy</vt:lpstr>
+      <vt:lpstr>Agenda</vt:lpstr>
+      <vt:lpstr>Limitations of Traditional Upper Endoscopy </vt:lpstr>
       <vt:lpstr>Evidence-Based Practice Summary</vt:lpstr>
-      <vt:lpstr>The Future of Endoscopy Is Here</vt:lpstr>
-[...3 lines deleted...]
-      <vt:lpstr>EvoEndo®  Controller</vt:lpstr>
+      <vt:lpstr>The Future of Endoscopy is Here</vt:lpstr>
+      <vt:lpstr>EvoEndo Single-Use Endoscopy System</vt:lpstr>
+      <vt:lpstr>EvoEndo Model LE Single-Use Gastroscope</vt:lpstr>
+      <vt:lpstr>EvoEndo  Controller</vt:lpstr>
       <vt:lpstr>Patient Benefits</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Healthcare System Benefits</vt:lpstr>
-      <vt:lpstr>System Implementation Support</vt:lpstr>
+      <vt:lpstr>Implementation Value with the EvoEndo System</vt:lpstr>
       <vt:lpstr>Coding and Reimbursement Support</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
-      <vt:lpstr>Optional Additional Slides</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>EvoEndo Model LE Single-Use Gastroscope</vt:lpstr>
       <vt:lpstr>Featured Literature Highlighting EvoEndo</vt:lpstr>
-      <vt:lpstr>Office-Based Sedation-Free Transnasal Esophagogastroduodenoscopy (TN-EGD) With Biopsies Using Single-Use Gastroscopes: A Pediatric Single-Center Experience  </vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>A Guide on Transnasal Endoscopy:  Setting Up a Pediatric Unsedated Endoscopy Program </vt:lpstr>
+      <vt:lpstr>Featured Literature Highlighting EvoEndo</vt:lpstr>
+      <vt:lpstr>Featured Literature Highlighting EvoEndo</vt:lpstr>
+      <vt:lpstr>Featured Literature Highlighting EvoEndo</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Master Deck Template</dc:title>
+  <dc:creator>Paula Rocha</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>